--- v0 (2025-10-31)
+++ v1 (2026-01-16)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-01T04:00:00Z</t>
   </si>
   <si>
     <t>Nature Ecology &amp; Evolution</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>1584 to 1592</t>
   </si>
   <si>
     <t>2397-334X</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2025166; 2220928; 2305659; 2051602; 2051598; 2051343; 2110351; 1655499; 1754026; 2208910</t>
+    <t>2025166; 2220928; 2305659; 2051602; 2051598; 2051343; 2110351; 1655499; 1754026; 2208910; 2425290</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>www.nature.com</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>