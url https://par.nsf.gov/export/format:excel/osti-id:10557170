--- v0 (2026-01-17)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10557170</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3686914</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Sociotechnical Stack: Opportunities for Social Computing Research in Non-Consensual Intimate Media</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Qiwei, Li; McDonald, Allison; Haimson, Oliver L; Schoenebeck, Sarita; Gilbert, Eric</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 21</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Non-consensual intimate media (NCIM) involves sharing intimate content without the depicted person's consent, including 'revenge porn' and sexually explicit deepfakes. While NCIM has received attention in legal, psychological, and communication fields over the past decade, it is not sufficiently addressed in computing scholarship. This paper addresses this gap by linking NCIM harms to the specific technological components that facilitate them. We introduce the&lt;italic&gt;sociotechnical stack&lt;/italic&gt;, a conceptual framework designed to map the technical stack to its corresponding social impacts. The sociotechnical stack allows us to analyze sociotechnical problems like NCIM, and points toward opportunities for computing research. We propose a research roadmap for computing and social computing communities to deter NCIM perpetration and support victim-survivors through building and rebuilding technologies.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1763297; 2311102</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proc. ACM Hum.-Comput. Interact</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>