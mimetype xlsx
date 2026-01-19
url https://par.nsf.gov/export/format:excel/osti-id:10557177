--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -116,63 +116,60 @@
   <si>
     <t>Scalar QED with Rydberg atoms</t>
   </si>
   <si>
     <t>Meurice, Yannick; Corona, James; Cantu, Sergio; Liu, Fangli; Wang, Shengtao; Heitritter, Kenny; Mrenna, Steve; Zhang, Jin; Tsai, Shan-Wen</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-05-04T04:00:00Z</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
     <t>1824-8039</t>
   </si>
   <si>
     <t>We review recent suggestions to quantum simulate scalar electrodynamics (the lattice Abelian Higgs model) in 1+1 dimensions with rectangular arrays of Rydberg atoms. We show that platforms made publicly available recently allow empirical explorations of the critical behavior of quantum simulators. We discuss recent progress regarding the phase diagram of two-leg ladders, effective Hamiltonian approaches and the construction of hybrid quantum algorithms targeting hadronization in collider physics event generators.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>1839153</t>
+    <t>1839153; 2215705</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Conference Paper</t>
   </si>
   <si>
     <t>Sissa Medialab</t>
-  </si>
-[...1 lines deleted...]
-    <t>Fermi National Accelerator Laboratory</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -328,48 +325,46 @@
       <c r="O2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
         <v>37</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
         <v>38</v>
       </c>
       <c r="W2" t="s" s="0">
         <v>39</v>
       </c>
-      <c r="X2" t="s" s="0">
-[...1 lines deleted...]
-      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>