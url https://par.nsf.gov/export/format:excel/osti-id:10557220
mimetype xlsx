--- v0 (2025-11-03)
+++ v1 (2026-01-17)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,59 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10557220</t>
   </si>
   <si>
     <t>https://doi.org/10.1007/s40315-024-00546-3</t>
   </si>
   <si>
     <t>Diameter of Compact Riemann Surfaces</t>
   </si>
   <si>
     <t>Stepanyants, Huck; Beardon, Alan; Paton, Jeremy; Krioukov, Dmitri</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-06-27T04:00:00Z</t>
   </si>
   <si>
     <t>Computational Methods and Function Theory</t>
+  </si>
+  <si>
+    <t>25</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>629-644</t>
   </si>
   <si>
     <t>1617-9447</t>
   </si>
   <si>
     <t>Diameter is one of the most basic properties of a geometric object, while Riemann surfaces are one of the most basic geometric objects. Surprisingly, the diameter of compact Riemann surfaces is known exactly only for the sphere and the torus. For higher genuses, only very general but loose upper and lower bounds are available. The problem of calculating the diameter exactly has been intractable since there is no simple expression for the distance between a pair of points on a high-genus surface. Here we prove that the diameters of a class of simple Riemann surfaces known as generalized Bolza surfaces of any genus greater than 1 are equal to the radii of their fundamental polygons. This is the first exact result for the diameter of a compact hyperbolic manifold.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1741355; 2311160</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Springer Nature</t>
   </si>
 </sst>
 </file>
 
@@ -290,81 +299,87 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-[...1 lines deleted...]
-      <c r="K2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="K2" t="s" s="0">
+        <v>35</v>
+      </c>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>36</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>37</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>