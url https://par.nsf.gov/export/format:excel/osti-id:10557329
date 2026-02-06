--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10557329</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1038/s41598-023-46718-4</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A robophysical model of spacetime dynamics</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Shengkai; Gynai, Hussain N; Tarr, Steven W; Alicea-Muñoz, Emily; Laguna, Pablo; Li, Gongjie; Goldman, Daniel I</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-12-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Scientific Reports</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2045-2322</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Systems consisting of spheres rolling on elastic membranes have been used to introduce a core conceptual idea of General Relativity: how curvature guides the movement of matter. However, such schemes cannot accurately represent relativistic dynamics in the laboratory because of the dominance of dissipation and external gravitational fields. Here we demonstrate that an “active” object (a wheeled robot), which moves in a straight line on level ground and can alter its speed depending on the curvature of the deformable terrain it moves on, can exactly capture dynamics in curved relativistic spacetimes. Via the systematic study of the robot’s dynamics in the radial and orbital directions, we develop a mapping of the emergent trajectories of a wheeled vehicle on a spandex membrane to the motion in a curved spacetime. Our mapping demonstrates how the driven robot’s dynamics mix space and time in a metric, and shows how active particles do not necessarily follow geodesics in the real space but instead follow geodesics in a fiducial spacetime. The mapping further reveals how parameters such as the membrane elasticity and instantaneous speed allow the programming of a desired spacetime, such as the Schwarzschild metric near a non-rotating blackhole. Our mapping and framework facilitate creation of a robophysical analog to a general relativistic system in the laboratory at low cost that can provide insights into active matter in deformable environments and robot exploration in complex landscapes.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2411068; 2114582</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Scientific Reportd</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>