--- v0 (2025-10-31)
+++ v1 (2026-01-17)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-11-01T04:00:00Z</t>
   </si>
   <si>
     <t>Journal of Hymenoptera Research</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>1007 to 1121</t>
   </si>
   <si>
     <t>1070-9428</t>
   </si>
   <si>
     <t>Bees (Hymenoptera: Apoidea) are vital components of global ecosystems, yet knowledge of their distribution is limited in many regions. Washington state is located in an ecologically diverse part of North America and encompasses habitat types and plant communities known for high bee species richness. To establish a baseline for future studies on bee communities in the state, we used published and unpublished datasets to develop a preliminary annotated checklist of bees occurring in Washington state. We document, with high confidence, 565 species of bees in Washington and identify an additional 102 species likely to occur in the state. We anticipate future research survey efforts, such as the newly initiated Washington Bee Atlas, will discover several species that have the potential to occur in Washington and provide new data for 84 species which have not been recorded in more than 50 years.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2216934</t>
+    <t>2216934; 2127744</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Pensoft</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>