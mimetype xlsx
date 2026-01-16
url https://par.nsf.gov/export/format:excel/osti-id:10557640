--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -119,51 +119,51 @@
   <si>
     <t>Aygun, Sercan; Najafi, M Hassan</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-09-18T04:00:00Z</t>
   </si>
   <si>
     <t>IEEE Transactions on Computer-Aided Design of Integrated Circuits and Systems</t>
   </si>
   <si>
     <t>1 to 14</t>
   </si>
   <si>
     <t>0278-0070</t>
   </si>
   <si>
     <t>Hyperdimensional computing (HDC) is an emerging computing paradigm with significant promise for efficient and robust learning. In HDC, objects are encoded with high-dimensional vector symbolic sequences called hypervectors. The quality of hypervectors, defined by their distribution and independence, directly impacts the performance of HDC systems. Despite a large body of work on the processing parts of HDC systems, little to no attention has been paid to data encoding and the quality of hypervectors. Most prior studies have generated hypervectors using inherent random functions, such as MATLAB’s or Python’s random function. This work introduces an optimization technique for generating hypervectors by employing quasi-random sequences. These sequences have recently demonstrated their effectiveness in achieving accurate and low-discrepancy data encoding in stochastic computing systems. The study outlines the optimization steps for utilizing Sobol sequences to produce highquality hypervectors in HDC systems. An optimization algorithm is proposed to select the most suitable Sobol sequences via indexes for generating minimally correlated hypervectors, particularly in applications related to symbol-oriented architectures. The performance of the proposed technique is evaluated in comparison to two traditional approaches of generating hypervectors based on linear-feedback shift registers and MATLAB random functions. The evaluation is conducted for three applications: (i) language, (ii) headline, and (iii) medical image classification. Our experimental results demonstrate accuracy improvements of up to 10.79%, depending on the vector size. Additionally, the proposed encoding hardware exhibits reduced energy consumption and a superior area-delay product.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2339701</t>
+    <t>2339701; 2019511</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IEEE</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>