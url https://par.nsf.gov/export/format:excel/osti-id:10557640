--- v1 (2026-01-16)
+++ v2 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10557640</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1109/TCAD.2024.3463544</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Sobol Sequence Optimization for Hardware-Efficient Vector Symbolic Architectures</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aygun, Sercan; Najafi, M Hassan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-18T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>IEEE Transactions on Computer-Aided Design of Integrated Circuits and Systems</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 14</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0278-0070</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Hyperdimensional computing (HDC) is an emerging computing paradigm with significant promise for efficient and robust learning. In HDC, objects are encoded with high-dimensional vector symbolic sequences called hypervectors. The quality of hypervectors, defined by their distribution and independence, directly impacts the performance of HDC systems. Despite a large body of work on the processing parts of HDC systems, little to no attention has been paid to data encoding and the quality of hypervectors. Most prior studies have generated hypervectors using inherent random functions, such as MATLAB’s or Python’s random function. This work introduces an optimization technique for generating hypervectors by employing quasi-random sequences. These sequences have recently demonstrated their effectiveness in achieving accurate and low-discrepancy data encoding in stochastic computing systems. The study outlines the optimization steps for utilizing Sobol sequences to produce highquality hypervectors in HDC systems. An optimization algorithm is proposed to select the most suitable Sobol sequences via indexes for generating minimally correlated hypervectors, particularly in applications related to symbol-oriented architectures. The performance of the proposed technique is evaluated in comparison to two traditional approaches of generating hypervectors based on linear-feedback shift registers and MATLAB random functions. The evaluation is conducted for three applications: (i) language, (ii) headline, and (iii) medical image classification. Our experimental results demonstrate accuracy improvements of up to 10.79%, depending on the vector size. Additionally, the proposed encoding hardware exhibits reduced energy consumption and a superior area-delay product.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2339701; 2019511</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IEEE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>