--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10557680</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/e26100848</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Functional Hypergraphs of Stock Markets</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>David, Jerry Jones; Sabhahit, Narayan G; Stramaglia, Sebastiano; Matteo, T Di; Boccaletti, Stefano; Jalan, Sarika</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Entropy</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>26</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>10</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>848</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1099-4300</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In stock markets, nonlinear interdependencies between various companies result in nontrivial time-varying patterns in stock prices. A network representation of these interdependencies has been successful in identifying and understanding hidden signals before major events like stock market crashes. However, these studies have revolved around the assumption that correlations are mediated in a pairwise manner, whereas, in a system as intricate as this, the interactions need not be limited to pairwise only. Here, we introduce a general methodology using information-theoretic tools to construct a higher-order representation of the stock market data, which we call functional hypergraphs. This framework enables us to examine stock market events by analyzing the following functional hypergraph quantities: Forman–Ricci curvature, von Neumann entropy, and eigenvector centrality. We compare the corresponding quantities of networks and hypergraphs to analyze the evolution of both structures and observe features like robustness towards events like crashes during the course of a time period.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2311160</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>