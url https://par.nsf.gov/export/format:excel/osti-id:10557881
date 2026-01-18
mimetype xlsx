--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,90 +86,99 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10557881</t>
-[...8 lines deleted...]
-    <t>Poolla, Bala Kameshwar; Lin, Yashen; Bernstein, Andrey; Mallada, Enrique; Groß, Dominic</t>
+    <t>10510575</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.3390/diagnostics14030337</t>
+  </si>
+  <si>
+    <t>CoSev: Data-Driven Optimizations for COVID-19 Severity Assessment in Low-Sample Regimes</t>
+  </si>
+  <si>
+    <t>Garg, Aksh; Alag, Shray; Duncan, Dominique</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-07-21T04:00:00Z</t>
-[...5 lines deleted...]
-    <t>979-8-3503-8183-2</t>
+    <t>2024-02-01T05:00:00Z</t>
+  </si>
+  <si>
+    <t>Diagnostics</t>
+  </si>
+  <si>
+    <t>14</t>
+  </si>
+  <si>
+    <t>3</t>
+  </si>
+  <si>
+    <t>337</t>
+  </si>
+  <si>
+    <t>2075-4418</t>
+  </si>
+  <si>
+    <t>&lt;p&gt;Given the pronounced impact COVID-19 continues to have on society—infecting 700 million reported individuals and causing 6.96 million deaths—many deep learning works have recently focused on the virus’s diagnosis. However, assessing severity has remained an open and challenging problem due to a lack of large datasets, the large dimensionality of images for which to find weights, and the compute limitations of modern graphics processing units (GPUs). In this paper, a new, iterative application of transfer learning is demonstrated on the understudied field of 3D CT scans for COVID-19 severity analysis. This methodology allows for enhanced performance on the MosMed Dataset, which is a small and challenging dataset containing 1130 images of patients for five levels of COVID-19 severity (Zero, Mild, Moderate, Severe, and Critical). Specifically, given the large dimensionality of the input images, we create several custom shallow convolutional neural network (CNN) architectures and iteratively refine and optimize them, paying attention to learning rates, layer types, normalization types, filter sizes, dropout values, and more. After a preliminary architecture design, the models are systematically trained on a simplified version of the dataset-building models for two-class, then three-class, then four-class, and finally five-class classification. The simplified problem structure allows the model to start learning preliminary features, which can then be further modified for more difficult classification tasks. Our final model CoSev boosts classification accuracies from below 60% at first to 81.57% with the optimizations, reaching similar performance to the state-of-the-art on the dataset, with much simpler setup procedures. In addition to COVID-19 severity diagnosis, the explored methodology can be applied to general image-based disease detection. Overall, this work highlights innovative methodologies that advance current computer vision practices for high-dimension, low-sample data as well as the practicality of data-driven machine learning and the importance of feature design for training, which can then be implemented for improvements in clinical practices.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2330450; 2136324</t>
+    <t>2027456</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
-    <t>Conference Paper</t>
-[...5 lines deleted...]
-    <t>Seattle, WA, USA</t>
+    <t>Journal Article</t>
+  </si>
+  <si>
+    <t>MDPI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -287,84 +296,90 @@
         <v>25</v>
       </c>
     </row>
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
-      <c r="H2" s="0"/>
-[...1 lines deleted...]
-      <c r="J2" s="0"/>
+      <c r="H2" t="s" s="0">
+        <v>32</v>
+      </c>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" t="s" s="0">
-        <v>32</v>
-[...5 lines deleted...]
-      <c r="N2" s="0"/>
+        <v>35</v>
+      </c>
+      <c r="L2" t="s" s="0">
+        <v>36</v>
+      </c>
+      <c r="M2" s="0"/>
+      <c r="N2" t="s" s="0">
+        <v>37</v>
+      </c>
       <c r="O2" t="s" s="0">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>35</v>
+        <v>39</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>36</v>
+        <v>40</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>37</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>38</v>
-[...3 lines deleted...]
-      </c>
+        <v>42</v>
+      </c>
+      <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>