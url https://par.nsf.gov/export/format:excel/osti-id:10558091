--- v0 (2025-11-03)
+++ v1 (2026-01-27)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,189 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...64 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558091</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1029/2024JA032821</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Multi‐Scale Particle‐In‐Cell Simulation of Plasma Dynamics From Magnetotail Reconnection to the Inner Magnetosphere</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rusaitis, L; El‐Alaoui, M; Walker, R J; Lapenta, G; Schriver, D</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Journal of Geophysical Research: Space Physics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>129</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2169-9380</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;During magnetospheric substorms, plasma from magnetic reconnection in the magnetotail is thought to reach the inner magnetosphere and form a partial ring current. We simulate this process using a fully kinetic 3D particle‐in‐cell (PIC) numerical code along with a global magnetohydrodynamics (MHD) model. The PIC simulation extends from the solar wind outside the bow shock to beyond the reconnection region in the tail, while the MHD code extends much further and is run for nominal solar wind parameters and a southward interplanetary magnetic field. By the end of the PIC calculation, ions and electrons from the tail reconnection reach the inner magnetosphere and form a partial ring current and diamagnetic current. The primary source of particles to the inner magnetosphere is bursty bulk flows (BBFs) that originate from a complex pattern of reconnection in the near‐Earth magnetotail at to . Most ion acceleration occurs in this region, gaining from 10 to 50 keV as they traverse the sites of active reconnection. Electrons jet away from the reconnection region much faster than the ions, setting up an ambipolar electric field allowing the ions to catch up after approximately 10 ion inertial lengths. The initial energy flux in the BBFs is mainly kinetic energy flux from the ions, but as they move earthward, the energy flux changes to enthalpy flux at the ring current. The power delivered from the tail reconnection in the simulation to the inner magnetosphere is  W, which is consistent with observations.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2040319</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>American Geophysical Union</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>