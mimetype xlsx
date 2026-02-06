--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558094</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1017/pasa.2024.66</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Probing the soft X-ray properties and multi-wavelength variability of SN2023ixf and its progenitor</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Panjkov, Sonja; Auchettl, Katie; Shappee, Benjamin J; Do, Aaron; Lopez, Laura; Beacom, John F</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Publications of the Astronomical Society of Australia</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>41</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1323-3580</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We present a detailed analysis of nearly two decades of optical/UV and X-ray data to study the multi-wavelength pre-explosion properties and post-explosion X-ray properties of nearby SN2023ixf located in M101. We find no evidence of precursor activity in the optical to UV down to a luminosity of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline1.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\lesssim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline2.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$1.0\times10^{5}\, \textrm{L}_{\odot}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;, while X-ray observations covering nearly 18 yr prior to explosion show no evidence of luminous precursor X-ray emission down to an absorbed 0.3–10.0 keV X-ray luminosity of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline3.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\sim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline4.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$6\times10^{36}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;erg s&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline5.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$^{-1}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;. Extensive&lt;italic&gt;Swift&lt;/italic&gt;observations taken post-explosion did not detect soft X-ray emission from SN2023ixf within the first&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline6.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\sim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;3.3 days after first light, which suggests a mass-loss rate for the progenitor of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline7.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\lesssim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline8.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$5\times10^{-4}\,\textrm{M}_{\odot}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;yr&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline9.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$^{-1}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;or a radius of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline10.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\lesssim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline11.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$4\times10^{15}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;cm for the circumstellar material. Our analysis also suggests that if the progenitor underwent a mass-loss episode, this had to occur&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline12.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$&gt;$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;0.5–1.5 yr prior to explosion, consistent with previous estimates.&lt;italic&gt;Swift&lt;/italic&gt;detected soft X-rays from SN2023ixf&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline13.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\sim$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline14.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$4.25$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;days after first light, and it rose to a peak luminosity of&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline15.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$\sim10^{39}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;erg s&lt;inline-formula&gt;&lt;alternatives&gt;&lt;inline-graphic href='S1323358024000663_inline16.png' mime-subtype='png'/&gt;&lt;tex-math&gt;$^{-1}$&lt;/tex-math&gt;&lt;/alternatives&gt;&lt;/inline-formula&gt;after 10 days and has maintained this luminosity for nearly 50 days post first light. This peak luminosity is lower than expected, given the evidence that SN2023ixf is interacting with dense material. However, this might be a natural consequence of an asymmetric circumstellar medium. X-ray spectra derived from merging all&lt;italic&gt;Swift&lt;/italic&gt;observations over the first 50 days are best described by a two-component bremsstrahlung model consisting of a heavily absorbed and hotter component similar to that found using&lt;italic&gt;NuSTAR&lt;/italic&gt;, and a less-absorbed, cooler component. We suggest that this soft component arises from cooling of the forward shock similar to that found in Type IIn SN2010jl.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2310018</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Cambridge University Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>