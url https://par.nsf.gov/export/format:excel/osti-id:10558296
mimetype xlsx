--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,173 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="40">
-[...121 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -187,191 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558296</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Implementing WearableLearning in the math classroom: an exploration into the affordances of embodied learning through game-play compared to traditional learning technologies</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Crabtree, Danielle; Rasul, Injila; Arroyo, Ivon</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-07-03T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>530-537</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>This article reports findings of implementing a novel learning technology called WearableLearning to teach geometry transformations in a math classroom. The paper aims to
+answer RQ1) To what extent do students learn math with embodied games facilitated by WearableLearning? and RQ2) How do students learn math differently with embodied games enabled by WearableLearning, compared to traditional learning technology? Quantitative results indicate a trend of improvement from pre-test to post-test (t = 1.5, p &lt; 0.1). Qualitative results indicate that games through WearableLearning increase the opportunities for mathematical thinking between students, physical objects, and the learning environment. Qualitative results also indicate that students benefit from additional affordances of support when utilizing WearableLearning compared to traditional learning technologies</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2041785</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 18th International Conference of the Learning Sciences-ICLS 2024</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Proceedings of the 18th International Conference of the Learning Sciences-ICLS 2024, pp. 530-537. International Society of the Learning Sciences.</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>