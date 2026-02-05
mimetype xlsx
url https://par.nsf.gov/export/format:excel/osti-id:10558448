--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558448</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1093/biomet/asad018</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>√2-estimation for smooth eigenvectors of matrix-valued functions</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Motta, Giovanni; Wu, Wei Biao; Pourahmadi, Mohsen</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-03-15T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Biometrika</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>110</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1077 to 1098</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0006-3444</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Summary&lt;/title&gt; &lt;p&gt;Modern statistical methods for multivariate time series rely on the eigendecomposition of matrix-valued functions such as time-varying covariance and spectral density matrices. The curse of indeterminacy or misidentification of smooth eigenvector functions has not received much attention. We resolve this important problem and recover smooth trajectories by examining the distance between the eigenvectors of the same matrix-valued function evaluated at two consecutive points. We change the sign of the next eigenvector if its distance with the current one is larger than the square root of 2. In the case of distinct eigenvalues, this simple method delivers smooth eigenvectors. For coalescing eigenvalues, we match the corresponding eigenvectors and apply an additional signing around the coalescing points. We establish consistency and rates of convergence for the proposed smooth eigenvector estimators. Simulation results and applications to real data confirm that our approach is needed to obtain smooth eigenvectors.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2027723</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Oxford University Press</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>