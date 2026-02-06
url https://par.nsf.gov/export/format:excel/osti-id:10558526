--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558526</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/2041-8213/ad1a19</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>TOI-4201: An Early M Dwarf Hosting a Massive Transiting Jupiter Stretching Theories of Core Accretion*</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Delamer, Megan; Kanodia, Shubham; Cañas, Caleb I; Müller, Simon; Helled, Ravit; Lin, Andrea_S J; Libby-Roberts, Jessica E; Gupta, Arvind F; Mahadevan, Suvrath; Teske, Johanna; Butler, R Paul; Yee, Samuel W; Crane, Jeffrey D; Shectman, Stephen; Osip, David; Beletsky, Yuri; Monson, Andrew; Hebb, Leslie; Powers, Luke C; Wisniewski, John P; Alvarado-Montes, Jaime A; Bender, Chad F; Dong, Jiayin; Han, Te; Ninan, Joe P; Robertson, Paul; Roy, Arpita; Schwab, Christian; Stefánsson, Guđmundur; Wright, Jason T</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal Letters</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>962</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>L22</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2041-8205</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;We confirm TOI-4201 b as a transiting Jovian-mass planet orbiting an early M dwarf discovered by the Transiting Exoplanet Survey Satellite. Using ground-based photometry and precise radial velocities from NEID and the Planet Finder Spectrograph, we measure a planet mass of&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msubsup&gt;&lt;mrow&gt;&lt;mn&gt;2.59&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.06&lt;/mn&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mn&gt;0.07&lt;/mn&gt;&lt;/mrow&gt;&lt;/msubsup&gt;&lt;/math&gt;&lt;/inline-formula&gt;&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;J&lt;/sub&gt;, making this one of the most massive planets transiting an M dwarf. The planet is ∼0.4% of the mass of its 0.63&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;host and may have a heavy-element mass comparable to the total dust mass contained in a typical class II disk. TOI-4201 b stretches our understanding of core accretion during the protoplanetary phase and the disk mass budget, necessitating giant planet formation to take place either much earlier in the disk lifetime or perhaps through alternative mechanisms like gravitational instability.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2108616</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>