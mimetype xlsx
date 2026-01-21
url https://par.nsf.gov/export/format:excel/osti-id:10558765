--- v0 (2025-11-02)
+++ v1 (2026-01-21)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10558765</t>
   </si>
   <si>
     <t>https://doi.org/10.1021/acscatal.4c04010</t>
   </si>
   <si>
     <t>How Do Variants of Residues in the First Coordination Sphere, Second Coordination Sphere, and Remote Areas Influence the Catalytic Mechanism of Non-Heme Fe(II)/2-Oxoglutarate Dependent Ethylene-Forming Enzyme?</t>
   </si>
   <si>
-    <t>Thomas, Midhun_George [Department of Chemistry, Michigan Technological University, Houghton, Michigan 49931, United States] (ORCID:0000000262987061); Jaber_Sathik_Rifayee, Simahudeen_Bathir [Department of Chemistry, Michigan Technological University, Houghton, Michigan 49931, United States] (ORCID:000000018557078X); Christov, Christo_Z [Department of Chemistry, Michigan Technological University, Houghton, Michigan 49931, United States] (ORCID:0000000244810246)</t>
+    <t>Thomas, Midhun_George (ORCID:0000000262987061); Jaber_Sathik_Rifayee, Simahudeen_Bathir (ORCID:000000018557078X); Christov, Christo_Z (ORCID:0000000244810246)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-05T05:00:00Z</t>
   </si>
   <si>
     <t>ACS Catalysis</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
     <t>2155-5435</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>