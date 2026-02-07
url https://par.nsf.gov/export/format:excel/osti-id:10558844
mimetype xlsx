--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10558844</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3687763</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>MATTopo: Topology-preserving Medial Axis Transform with Restricted Power Diagram</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wang, Ningna; Huang, Hui; Song, Shibo; Wang, Bin; Wang, Wenping; Guo, Xiaohu</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-19T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>ACM Transactions on Graphics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>43</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>6</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 16</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0730-0301</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We present a novel topology-preserving 3D medial axis computation framework based on volumetric restricted power diagram (RPD), while preserving the medial features and geometric convergence simultaneously, for both 3D CAD and organic shapes. The volumetric RPD discretizes the input 3D volume into sub-regions given a set of medial spheres. With this intermediate structure, we convert the homotopy equivalency between the generated medial mesh and the input 3D shape into a localized contractibility checking for each restricted element (power cell, power face, power edge), by checking their connected components and Euler characteristics. We further propose a fractional Euler characteristic algorithm for efficient GPU-based computation of Euler characteristic for each restricted element on the fly while computing the volumetric RPD. Compared with existing voxel-based or point-cloud-based methods, our approach is the first to adaptively and directly revise the medial mesh without globally modifying the dependent structure, such as voxel size or sampling density, while preserving its topology and medial features. In comparison with the feature preservation method MATFP [Wang et al. 2022], our method provides geometrically comparable results with fewer spheres and more robustly captures the topology of the input 3D shape.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2007661</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computing Machinery</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>