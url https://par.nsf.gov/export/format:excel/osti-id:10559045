--- v0 (2025-11-02)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,90 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10559045</t>
-[...8 lines deleted...]
-    <t>Taniguchi, Kotomi; Gorai, Prasanta; Tan, Jonathan C; Gómez-Garrido, Miguel; Fedriani, Rubén; Yang, Yao-Lun; Tirupati_Kumara, Sridharan; Tanaka, Kei_E I; Saito, Masao; Zhang, Yichen; Morgan, Lawrence; Cosentino, Giuliana; Law, Chi-Yan</t>
+    <t>10081673</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.1103/PhysRevLett.121.161101</t>
+  </si>
+  <si>
+    <t>GW170817: Measurements of Neutron Star Radii and Equation of State</t>
+  </si>
+  <si>
+    <t>Abbott, B. P.; Abbott, R.; Abbott, T. D.; Acernese, F.; Ackley, K.; Adams, C.; Adams, T.; Addesso, P.; Adhikari, R. X.; Adya, V. B.; Affeldt, C.; Agarwal, B.; Agathos, M.; Agatsuma, K.; Aggarwal, N.; Aguiar, O. D.; Aiello, L.; Ain, A.; Ajith, P.; Allen, B.; Allen, G.; Allocca, A.; Aloy, M. A.; Altin, P. A.; Amato, A.; Ananyeva, A.; Anderson, S. B.; Anderson, W. G.; Angelova, S. V.; Antier, S.; Appert, S.; Arai, K.; Araya, M. C.; Areeda, J. S.; Arène, M.; Arnaud, N.; Arun, K. G.; Ascenzi, S.; Ashton, G.; Ast, M.; Aston, S. M.; Astone, P.; Atallah, D. V.; Aubin, F.; Aufmuth, P.; Aulbert, C.; AultONeal, K.; Austin, C.; Avila-Alvarez, A.; Babak, S.; Bacon, P.; Badaracco, F.; Bader, M. K. M.; Bae, S.; Baker, P. T.; Baldaccini, F.; Ballardin, G.; Ballmer, S. W.; Banagiri, S.; Barayoga, J. C.; Barclay, S. E.; Barish, B. C.; Barker, D.; Barkett, K.; Barnum, S.; Barone, F.; Barr, B.; Barsotti, L.; Barsuglia, M.; Barta, D.; Bartlett, J.; Bartos, I.; Bassiri, R.; Basti, A.; Batch, J. C.; Bawaj, M.; Bayley, J. C.; Bazzan, M.; Bécsy, B.; Beer, C.; Bejger, M.; Belahcene, I.; Bell, A. S.; Beniwal, D.; Bensch, M.; Berger, B. K.; Bergmann, G.; Bernuzzi, S.; Bero, J. J.; Berry, C. P. L.; Bersanetti, D.; Bertolini, A.; Betzwieser, J.; Bhandare, R.; Bilenko, I. A.; Bilgili, S. A.; Billingsley, G.; Billman, C. R.; Birch, J.; Birney, R.; Birnholtz, O.; Biscans, S.; Biscoveanu, S.; Bisht, A.; Bitossi, M.; Bizouard, M. A.; Blackburn, J. K.; Blackman, J.; Blair, C. D.; Blair, D. G.; Blair, R. M.; Bloemen, S.; Bock, O.; Bode, N.; Boer, M.; Boetzel, Y.; Bogaert, G.; Bohe, A.; Bondu, F.; Bonilla, E.; Bonnand, R.; Booker, P.; Boom, B. A.; Booth, C. D.; Bork, R.; Boschi, V.; Bose, S.; Bossie, K.; Bossilkov, V.; Bosveld, J.; Bouffanais, Y.; Bozzi, A.; Bradaschia, C.; Brady, P. R.; Bramley, A.; Branchesi, M.; Brau, J. E.; Briant, T.; Brighenti, F.; Brillet, A.; Brinkmann, M.; Brisson, V.; Brockill, P.; Brooks, A. F.; Brown, D. D.; Brunett, S.; Buchanan, C. C.; Buikema, A.; Bulik, T.; Bulten, H. J.; Buonanno, A.; Buskulic, D.; Buy, C.; Byer, R. L.; Cabero, M.; Cadonati, L.; Cagnoli, G.; Cahillane, C.; Calderón Bustillo, J.; Callister, T. A.; Calloni, E.; Camp, J. B.; Canepa, M.; Canizares, P.; Cannon, K. C.; Cao, H.; Cao, J.; Capano, C. D.; Capocasa, E.; Carbognani, F.; Caride, S.; Carney, M. F.; Carullo, G.; Casanueva Diaz, J.; Casentini, C.; Caudill, S.; Cavaglià, M.; Cavalier, F.; Cavalieri, R.; Cella, G.; Cepeda, C. B.; Cerdá-Durán, P.; Cerretani, G.; Cesarini, E.; Chaibi, O.; Chamberlin, S. J.; Chan, M.; Chao, S.; Charlton, P.; Chase, E.; Chassande-Mottin, E.; Chatterjee, D.; Chatziioannou, K.; Cheeseboro, B. D.; Chen, H. Y.; Chen, X.; Chen, Y.; Cheng, H.-P.; Chia, H. Y.; Chincarini, A.; Chiummo, A.; Chmiel, T.; Cho, H. S.; Cho, M.; Chow, J. H.; Christensen, N.; Chu, Q.; Chua, A. J. K.; Chua, S.; Chung, K. W.; Chung, S.; Ciani, G.; Ciobanu, A. A.; Ciolfi, R.; Cipriano, F.; Cirelli, C. E.; Cirone, A.; Clara, F.; Clark, J. A.; Clearwater, P.; Cleva, F.; Cocchieri, C.; Coccia, E.; Cohadon, P.-F.; Cohen, D.; Colla, A.; Collette, C. G.; Collins, C.; Cominsky, L. R.; Constancio, M.; Conti, L.; Cooper, S. J.; Corban, P.; Corbitt, T. R.; Cordero-Carrión, I.; Corley, K. R.; Cornish, N.; Corsi, A.; Cortese, S.; Costa, C. A.; Cotesta, R.; Coughlin, M. W.; Coughlin, S. B.; Coulon, J.-P.; Countryman, S. T.; Couvares, P.; Covas, P. B.; Cowan, E. E.; Coward, D. M.; Cowart, M. J.; Coyne, D. C.; Coyne, R.; Creighton, J. D. E.; Creighton, T. D.; Cripe, J.; Crowder, S. G.; Cullen, T. J.; Cumming, A.; Cunningham, L.; Cuoco, E.; Canton, T. Dal; Dálya, G.; Danilishin, S. L.; D’Antonio, S.; Danzmann, K.; Dasgupta, A.; Da Silva Costa, C. F.; Dattilo, V.; Dave, I.; Davier, M.; Davis, D.; Daw, E. J.; Day, B.; DeBra, D.; Deenadayalan, M.; Degallaix, J.; De Laurentis, M.; Deléglise, S.; Del Pozzo, W.; Demos, N.; Denker, T.; Dent, T.; De Pietri, R.; Derby, J.; Dergachev, V.; De Rosa, R.; De Rossi, C.; DeSalvo, R.; de Varona, O.; Dhurandhar, S.; Díaz, M. C.; Dietrich, T.; Di Fiore, L.; Di Giovanni, M.; Di Girolamo, T.; Di Lieto, A.; Ding, B.; Di Pace, S.; Di Palma, I.; Di Renzo, F.; Dmitriev, A.; Doctor, Z.; Dolique, V.; Donovan, F.; Dooley, K. L.; Doravari, S.; Dorrington, I.; Dovale Álvarez, M.; Downes, T. P.; Drago, M.; Dreissigacker, C.; Driggers, J. C.; Du, Z.; Dupej, P.; Dwyer, S. E.; Easter, P. J.; Edo, T. B.; Edwards, M. C.; Effler, A.; Eggenstein, H.-B.; Ehrens, P.; Eichholz, J.; Eikenberry, S. S.; Eisenmann, M.; Eisenstein, R. A.; Essick, R. C.; Estelles, H.; Estevez, D.; Etienne, Z. B.; Etzel, T.; Evans, M.; Evans, T. M.; Fafone, V.; Fair, H.; Fairhurst, S.; Fan, X.; Farinon, S.; Farr, B.; Farr, W. M.; Fauchon-Jones, E. J.; Favata, M.; Fays, M.; Fee, C.; Fehrmann, H.; Feicht, J.; Fejer, M. M.; Feng, F.; Fernandez-Galiana, A.; Ferrante, I.; Ferreira, E. C.; Ferrini, F.; Fidecaro, F.; Fiori, I.; Fiorucci, D.; Fishbach, M.; Fisher, R. P.; Fishner, J. M.; Fitz-Axen, M.; Flaminio, R.; Fletcher, M.; Fong, H.; Font, J. A.; Forsyth, P. W. F.; Forsyth, S. S.; Fournier, J.-D.; Frasca, S.; Frasconi, F.; Frei, Z.; Freise, A.; Frey, R.; Frey, V.; Fritschel, P.; Frolov, V. V.; Fulda, P.; Fyffe, M.; Gabbard, H. A.; Gadre, B. U.; Gaebel, S. M.; Gair, J. R.; Gammaitoni, L.; Ganija, M. R.; Gaonkar, S. G.; Garcia, A.; García-Quirós, C.; Garufi, F.; Gateley, B.; Gaudio, S.; Gaur, G.; Gayathri, V.; Gemme, G.; Genin, E.; Gennai, A.; George, D.; George, J.; Gergely, L.; Germain, V.; Ghonge, S.; Ghosh, Abhirup; Ghosh, Archisman; Ghosh, S.; Giacomazzo, B.; Giaime, J. A.; Giardina, K. D.; Giazotto, A.; Gill, K.; Giordano, G.; Glover, L.; Goetz, E.; Goetz, R.; Goncharov, B.; González, G.; Gonzalez Castro, J. M.; Gopakumar, A.; Gorodetsky, M. L.; Gossan, S. E.; Gosselin, M.; Gouaty, R.; Grado, A.; Graef, C.; Granata, M.; Grant, A.; Gras, S.; Gray, C.; Greco, G.; Green, A. C.; Green, R.; Gretarsson, E. M.; Groot, P.; Grote, H.; Grunewald, S.; Gruning, P.; Guidi, G. M.; Gulati, H. K.; Guo, X.; Gupta, A.; Gupta, M. K.; Gushwa, K. E.; Gustafson, E. K.; Gustafson, R.; Halim, O.; Hall, B. R.; Hall, E. D.; Hamilton, E. Z.; Hamilton, H. F.; Hammond, G.; Haney, M.; Hanke, M. M.; Hanks, J.; Hanna, C.; Hannam, M. D.; Hannuksela, O. A.; Hanson, J.; Hardwick, T.; Harms, J.; Harry, G. M.; Harry, I. W.; Hart, M. J.; Haster, C.-J.; Haughian, K.; Healy, J.; Heidmann, A.; Heintze, M. C.; Heitmann, H.; Hello, P.; Hemming, G.; Hendry, M.; Heng, I. S.; Hennig, J.; Heptonstall, A. W.; Hernandez, F. J.; Heurs, M.; Hild, S.; Hinderer, T.; Ho, W. C. G.; Hoak, D.; Hochheim, S.; Hofman, D.; Holland, N. A.; Holt, K.; Holz, D. E.; Hopkins, P.; Horst, C.; Hough, J.; Houston, E. A.; Howell, E. J.; Hreibi, A.; Huerta, E. A.; Huet, D.; Hughey, B.; Hulko, M.; Husa, S.; Huttner, S. H.; Huynh-Dinh, T.; Iess, A.; Indik, N.; Ingram, C.; Inta, R.; Intini, G.; Irwin, B. S.; Isa, H. N.; Isac, J.-M.; Isi, M.; Iyer, B. R.; Izumi, K.; Jacqmin, T.; Jani, K.; Jaranowski, P.; Johnson, D. S.; Johnson, W. W.; Jones, D. I.; Jones, R.; Jonker, R. J. G.; Ju, L.; Junker, J.; Kalaghatgi, C. V.; Kalogera, V.; Kamai, B.; Kandhasamy, S.; Kang, G.; Kanner, J. B.; Kapadia, S. J.; Karki, S.; Karvinen, K. S.; Kasprzack, M.; Katolik, M.; Katsanevas, S.; Katsavounidis, E.; Katzman, W.; Kaufer, S.; Kawabe, K.; Keerthana, N. V.; Kéfélian, F.; Keitel, D.; Kemball, A. J.; Kennedy, R.; Key, J. S.; Khalili, F. Y.; Khamesra, B.; Khan, H.; Khan, I.; Khan, S.; Khan, Z.; Khazanov, E. A.; Kijbunchoo, N.; Kim, Chunglee; Kim, J. C.; Kim, K.; Kim, W.; Kim, W. S.; Kim, Y.-M.; King, E. J.; King, P. J.; Kinley-Hanlon, M.; Kirchhoff, R.; Kissel, J. S.; Kleybolte, L.; Klimenko, S.; Knowles, T. D.; Koch, P.; Koehlenbeck, S. M.; Koley, S.; Kondrashov, V.; Kontos, A.; Korobko, M.; Korth, W. Z.; Kowalska, I.; Kozak, D. B.; Krämer, C.; Kringel, V.; Krishnan, B.; Królak, A.; Kuehn, G.; Kumar, P.; Kumar, R.; Kumar, S.; Kuo, L.; Kutynia, A.; Kwang, S.; Lackey, B. D.; Lai, K. H.; Landry, M.; Landry, P.; Lang, R. N.; Lange, J.; Lantz, B.; Lanza, R. K.; Lartaux-Vollard, A.; Lasky, P. D.; Laxen, M.; Lazzarini, A.; Lazzaro, C.; Leaci, P.; Leavey, S.; Lee, C. H.; Lee, H. K.; Lee, H. M.; Lee, H. W.; Lee, K.; Lehmann, J.; Lenon, A.; Leonardi, M.; Leroy, N.; Letendre, N.; Levin, Y.; Li, J.; Li, T. G. F.; Li, X.; Linker, S. D.; Littenberg, T. B.; Liu, J.; Liu, X.; Lo, R. K. L.; Lockerbie, N. A.; London, L. T.; Longo, A.; Lorenzini, M.; Loriette, V.; Lormand, M.; Losurdo, G.; Lough, J. D.; Lousto, C. O.; Lovelace, G.; Lück, H.; Lumaca, D.; Lundgren, A. P.; Lynch, R.; Ma, Y.; Macas, R.; Macfoy, S.; Machenschalk, B.; MacInnis, M.; Macleod, D. M.; Magaña Hernandez, I.; Magaña-Sandoval, F.; Magaña Zertuche, L.; Magee, R. M.; Majorana, E.; Maksimovic, I.; Man, N.; Mandic, V.; Mangano, V.; Mansell, G. L.; Manske, M.; Mantovani, M.; Marchesoni, F.; Marion, F.; Márka, S.; Márka, Z.; Markakis, C.; Markosyan, A. S.; Markowitz, A.; Maros, E.; Marquina, A.; Martelli, F.; Martellini, L.; Martin, I. W.; Martin, R. M.; Martynov, D. V.; Mason, K.; Massera, E.; Masserot, A.; Massinger, T. J.; Masso-Reid, M.; Mastrogiovanni, S.; Matas, A.; Matichard, F.; Matone, L.; Mavalvala, N.; Mazumder, N.; McCann, J. J.; McCarthy, R.; McClelland, D. E.; McCormick, S.; McCuller, L.; McGuire, S. C.; McIver, J.; McManus, D. J.; McRae, T.; McWilliams, S. T.; Meacher, D.; Meadors, G. D.; Mehmet, M.; Meidam, J.; Mejuto-Villa, E.; Melatos, A.; Mendell, G.; Mendoza-Gandara, D.; Mercer, R. A.; Mereni, L.; Merilh, E. L.; Merzougui, M.; Meshkov, S.; Messenger, C.; Messick, C.; Metzdorff, R.; Meyers, P. M.; Miao, H.; Michel, C.; Middleton, H.; Mikhailov, E. E.; Milano, L.; Miller, A. L.; Miller, A.; Miller, B. B.; Miller, J.; Millhouse, M.; Mills, J.; Milovich-Goff, M. C.; Minazzoli, O.; Minenkov, Y.; Ming, J.; Mishra, C.; Mitra, S.; Mitrofanov, V. P.; Mitselmakher, G.; Mittleman, R.; Moffa, D.; Mogushi, K.; Mohan, M.; Mohapatra, S. R. P.; Montani, M.; Moore, C. J.; Moraru, D.; Moreno, G.; Morisaki, S.; Mours, B.; Mow-Lowry, C. M.; Mueller, G.; Muir, A. W.; Mukherjee, Arunava; Mukherjee, D.; Mukherjee, S.; Mukund, N.; Mullavey, A.; Munch, J.; Muñiz, E. A.; Muratore, M.; Murray, P. G.; Nagar, A.; Napier, K.; Nardecchia, I.; Naticchioni, L.; Nayak, R. K.; Neilson, J.; Nelemans, G.; Nelson, T. J. N.; Nery, M.; Neunzert, A.; Nevin, L.; Newport, J. M.; Ng, K. Y.; Ng, S.; Nguyen, P.; Nguyen, T. T.; Nichols, D.; Nielsen, A. B.; Nissanke, S.; Nitz, A.; Nocera, F.; Nolting, D.; North, C.; Nuttall, L. K.; Obergaulinger, M.; Oberling, J.; O’Brien, B. D.; O’Dea, G. D.; Ogin, G. H.; Oh, J. J.; Oh, S. H.; Ohme, F.; Ohta, H.; Okada, M. A.; Oliver, M.; Oppermann, P.; Oram, Richard J.; O’Reilly, B.; Ormiston, R.; Ortega, L. F.; O’Shaughnessy, R.; Ossokine, S.; Ottaway, D. J.; Overmier, H.; Owen, B. J.; Pace, A. E.; Pagano, G.; Page, J.; Page, M. A.; Pai, A.; Pai, S. A.; Palamos, J. R.; Palashov, O.; Palomba, C.; Pal-Singh, A.; Pan, Howard; Pan, Huang-Wei; Pang, B.; Pang, P. T. H.; Pankow, C.; Pannarale, F.; Pant, B. C.; Paoletti, F.; Paoli, A.; Papa, M. A.; Parida, A.; Parker, W.; Pascucci, D.; Pasqualetti, A.; Passaquieti, R.; Passuello, D.; Patil, M.; Patricelli, B.; Pearlstone, B. L.; Pedersen, C.; Pedraza, M.; Pedurand, R.; Pekowsky, L.; Pele, A.; Penn, S.; Perego, A.; Perez, C. J.; Perreca, A.; Perri, L. M.; Pfeiffer, H. P.; Phelps, M.; Phukon, K. S.; Piccinni, O. J.; Pichot, M.; Piergiovanni, F.; Pierro, V.; Pillant, G.; Pinard, L.; Pinto, I. M.; Pirello, M.; Pitkin, M.; Poggiani, R.; Popolizio, P.; Porter, E. K.; Possenti, L.; Post, A.; Powell, J.; Prasad, J.; Pratt, J. W. W.; Pratten, G.; Predoi, V.; Prestegard, T.; Principe, M.; Privitera, S.; Prodi, G. A.; Prokhorov, L. G.; Puncken, O.; Punturo, M.; Puppo, P.; Pürrer, M.; Qi, H.; Quetschke, V.; Quintero, E. A.; Quitzow-James, R.; Raab, F. J.; Rabeling, D. S.; Radkins, H.; Raffai, P.; Raja, S.; Rajan, C.; Rajbhandari, B.; Rakhmanov, M.; Ramirez, K. E.; Ramos-Buades, A.; Rana, Javed; Rapagnani, P.; Raymond, V.; Razzano, M.; Read, J.; Regimbau, T.; Rei, L.; Reid, S.; Reitze, D. H.; Ren, W.; Ricci, F.; Ricker, P. M.; Riemenschneider, G. M.; Riles, K.; Rizzo, M.; Robertson, N. A.; Robie, R.; Robinet, F.; Robson, T.; Rocchi, A.; Rolland, L.; Rollins, J. G.; Roma, V. J.; Romano, R.; Romel, C. L.; Romie, J. H.; Rosińska, D.; Ross, M. P.; Rowan, S.; Rüdiger, A.; Ruggi, P.; Rutins, G.; Ryan, K.; Sachdev, S.; Sadecki, T.; Sakellariadou, M.; Salconi, L.; Saleem, M.; Salemi, F.; Samajdar, A.; Sammut, L.; Sampson, L. M.; Sanchez, E. J.; Sanchez, L. E.; Sanchis-Gual, N.; Sandberg, V.; Sanders, J. R.; Sarin, N.; Sassolas, B.; Sathyaprakash, B. S.; Saulson, P. R.; Sauter, O.; Savage, R. L.; Sawadsky, A.; Schale, P.; Scheel, M.; Scheuer, J.; Schmidt, P.; Schnabel, R.; Schofield, R. M. S.; Schönbeck, A.; Schreiber, E.; Schuette, D.; Schulte, B. W.; Schutz, B. F.; Schwalbe, S. G.; Scott, J.; Scott, S. M.; Seidel, E.; Sellers, D.; Sengupta, A. S.; Sentenac, D.; Sequino, V.; Sergeev, A.; Setyawati, Y.; Shaddock, D. A.; Shaffer, T. J.; Shah, A. A.; Shahriar, M. S.; Shaner, M. B.; Shao, L.; Shapiro, B.; Shawhan, P.; Shen, H.; Shoemaker, D. H.; Shoemaker, D. M.; Siellez, K.; Siemens, X.; Sieniawska, M.; Sigg, D.; Silva, A. D.; Singer, L. P.; Singh, A.; Singhal, A.; Sintes, A. M.; Slagmolen, B. J. J.; Slaven-Blair, T. J.; Smith, B.; Smith, J. R.; Smith, R. J. E.; Somala, S.; Son, E. J.; Sorazu, B.; Sorrentino, F.; Souradeep, T.; Spencer, A. P.; Srivastava, A. K.; Staats, K.; Steinke, M.; Steinlechner, J.; Steinlechner, S.; Steinmeyer, D.; Steltner, B.; Stevenson, S. P.; Stocks, D.; Stone, R.; Stops, D. J.; Strain, K. A.; Stratta, G.; Strigin, S. E.; Strunk, A.; Sturani, R.; Stuver, A. L.; Summerscales, T. Z.; Sun, L.; Sunil, S.; Suresh, J.; Sutton, P. J.; Swinkels, B. L.; Szczepańczyk, M. J.; Tacca, M.; Tait, S. C.; Talbot, C.; Talukder, D.; Tanner, D. B.; Tápai, M.; Taracchini, A.; Tasson, J. D.; Taylor, J. A.; Taylor, R.; Tewari, S. V.; Theeg, T.; Thies, F.; Thomas, E. G.; Thomas, M.; Thomas, P.; Thorne, K. A.; Thrane, E.; Tiwari, S.; Tiwari, V.; Tokmakov, K. V.; Toland, K.; Tonelli, M.; Tornasi, Z.; Torres-Forné, A.; Torrie, C. I.; Töyrä, D.; Travasso, F.; Traylor, G.; Trinastic, J.; Tringali, M. C.; Trovato, A.; Trozzo, L.; Tsang, K. W.; Tse, M.; Tso, R.; Tsuna, D.; Tsukada, L.; Tuyenbayev, D.; Ueno, K.; Ugolini, D.; Urban, A. L.; Usman, S. A.; Vahlbruch, H.; Vajente, G.; Valdes, G.; van Bakel, N.; van Beuzekom, M.; van den Brand, J. F. J.; Van Den Broeck, C.; Vander-Hyde, D. C.; van der Schaaf, L.; van Heijningen, J. V.; van Veggel, A. A.; Vardaro, M.; Varma, V.; Vass, S.; Vasúth, M.; Vecchio, A.; Vedovato, G.; Veitch, J.; Veitch, P. J.; Venkateswara, K.; Venugopalan, G.; Verkindt, D.; Vetrano, F.; Viceré, A.; Viets, A. D.; Vinciguerra, S.; Vine, D. J.; Vinet, J.-Y.; Vitale, S.; Vo, T.; Vocca, H.; Vorvick, C.; Vyatchanin, S. P.; Wade, A. R.; Wade, L. E.; Wade, M.; Walet, R.; Walker, M.; Wallace, L.; Walsh, S.; Wang, G.; Wang, H.; Wang, J. Z.; Wang, W. H.; Wang, Y. F.; Ward, R. L.; Warner, J.; Was, M.; Watchi, J.; Weaver, B.; Wei, L.-W.; Weinert, M.; Weinstein, A. J.; Weiss, R.; Wellmann, F.; Wen, L.; Wessel, E. K.; Weßels, P.; Westerweck, J.; Wette, K.; Whelan, J. T.; Whiting, B. F.; Whittle, C.; Wilken, D.; Williams, D.; Williams, R. D.; Williamson, A. R.; Willis, J. L.; Willke, B.; Wimmer, M. H.; Winkler, W.; Wipf, C. C.; Wittel, H.; Woan, G.; Woehler, J.; Wofford, J. K.; Wong, W. K.; Worden, J.; Wright, J. L.; Wu, D. S.; Wysocki, D. M.; Xiao, S.; Yam, W.; Yamamoto, H.; Yancey, C. C.; Yang, L.; Yap, M. J.; Yazback, M.; Yu, Hang; Yu, Haocun; Yvert, M.; Zadrożny, A.; Zanolin, M.; Zelenova, T.; Zendri, J.-P.; Zevin, M.; Zhang, J.; Zhang, L.; Zhang, M.; Zhang, T.; Zhang, Y.-H.; Zhao, C.; Zhou, M.; Zhou, Z.; Zhu, S. J.; Zhu, X. J.; Zimmerman, A. B.; Zlochower, Y.; Zucker, M. E.; Zweizig, J.</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-12-01T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;&lt;italic&gt;Context&lt;/italic&gt;. Evidence that the chemical characteristics around low- and high-mass protostars are similar has been found: notably, a variety of carbon-chain species and complex organic molecules (COMs) form around both types. On the other hand, the chemical compositions around intermediate-mass (IM) protostars (2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;&lt;&lt;italic&gt;m&lt;/italic&gt;&lt;sub&gt;*&lt;/sub&gt;&lt; 8&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;) have not been studied with large samples. In particular, it is unclear the extent to which carbon-chain species form around them.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Aims&lt;/italic&gt;. We aim to obtain the chemical compositions of a sample of IM protostars, focusing particularly on carbon-chain species. We also aim to derive the rotational temperatures of HC&lt;sub&gt;5&lt;/sub&gt;N to confirm whether carbon-chain species are formed in the warm gas around these stars.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Methods&lt;/italic&gt;. We conducted Q-band (31.5–50 GHz) line survey observations toward 11 mainly IM protostars with the Yebes 40 m radio telescope. The target protostars were selected from a subsample of the source list of the SOFIA Massive Star Formation project. Assuming local thermodynamic equilibrium, we derived the column densities of the detected molecules and the rotational temperatures of HC&lt;sub&gt;5&lt;/sub&gt;N and CH&lt;sub&gt;3&lt;/sub&gt;OH.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Results&lt;/italic&gt;. Nine carbon-chain species (HC&lt;sub&gt;3&lt;/sub&gt;N, HC&lt;sub&gt;5&lt;/sub&gt;N, C&lt;sub&gt;3&lt;/sub&gt;H, C&lt;sub&gt;4&lt;/sub&gt;H&lt;italic&gt;linear&lt;/italic&gt;-H&lt;sub&gt;2&lt;/sub&gt;CCC,&lt;italic&gt;cyclic-&lt;/italic&gt;C&lt;sub&gt;3&lt;/sub&gt;H&lt;sub&gt;2&lt;/sub&gt;, CCS, C&lt;sub&gt;3&lt;/sub&gt;S, and CH&lt;sub&gt;3&lt;/sub&gt;CCH), three COMs (CH&lt;sub&gt;3&lt;/sub&gt;OH, CH&lt;sub&gt;3&lt;/sub&gt;CHO, and CH&lt;sub&gt;3&lt;/sub&gt;CN), H&lt;sub&gt;2&lt;/sub&gt;CCO, HNCO, and four simple sulfur-bearing species (&lt;sup&gt;13&lt;/sup&gt;CS, C&lt;sup&gt;34&lt;/sup&gt;S, HCS&lt;sup&gt;+&lt;/sup&gt;, and H&lt;sub&gt;2&lt;/sub&gt;CS) are detected. The rotational temperatures of HC&lt;sub&gt;5&lt;/sub&gt;N are derived to be ~20–30 K in three IM protostars (Cepheus E, HH288, and IRAS 20293+3952). The rotational temperatures of CH&lt;sub&gt;3&lt;/sub&gt;OH are derived in five IM sources and found to be similar to those of HC&lt;sub&gt;5&lt;/sub&gt;N.&lt;/p&gt; &lt;p&gt;&lt;italic&gt;Conclusions&lt;/italic&gt;. The rotational temperatures of HC&lt;sub&gt;5&lt;/sub&gt;N around the three IM protostars are very similar to those around low- and high-mass protostars. These results indicate that carbon-chain molecules are formed in lukewarm gas (~20–30 K) around IM protostars via the warm carbon-chain chemistry process. Thus, carbon-chain formation occurs ubiquitously in the warm gas around protostars across a wide range of stellar masses. Carbon-chain molecules and COMs coexist around most of the target IM protostars, which is similar to the situation for low- and high-mass protostars. In summary, the chemical characteristics around protostars are the same in the low-, intermediate- and high-mass regimes.&lt;/p&gt;</t>
+    <t>2018-10-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>Physical Review Letters</t>
+  </si>
+  <si>
+    <t>121</t>
+  </si>
+  <si>
+    <t>16</t>
+  </si>
+  <si>
+    <t>0031-9007</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2206450</t>
-[...2 lines deleted...]
-    <t>2024</t>
+    <t>1708006; 1921006; 1707835; 1707965; 1806824; 1708081; 1806461; 1716394</t>
+  </si>
+  <si>
+    <t>2018</t>
   </si>
   <si>
     <t>Journal Article</t>
-  </si>
-[...1 lines deleted...]
-    <t>A&amp;A</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -299,82 +293,78 @@
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
       <c r="I2" t="s" s="0">
         <v>33</v>
       </c>
-      <c r="J2" s="0"/>
-      <c r="K2" t="s" s="0">
+      <c r="J2" t="s" s="0">
         <v>34</v>
       </c>
+      <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
         <v>35</v>
       </c>
       <c r="M2" s="0"/>
-      <c r="N2" t="s" s="0">
+      <c r="N2" s="0"/>
+      <c r="O2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="P2" t="s" s="0">
         <v>37</v>
       </c>
-      <c r="P2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>38</v>
-      </c>
-[...4 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>39</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>