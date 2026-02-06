--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,184 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="44">
-[...132 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -198,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10559114</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1371/journal.pcbi.1011801</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Dynamic predictive coding: A model of hierarchical sequence learning and prediction in the neocortex</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jiang, Linxing Preston; Rao, Rajesh_P N</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Rubin, Jonathan</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-02-08T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>PLOS Computational Biology</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>20</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>e1011801</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1553-7358</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;We introduce dynamic predictive coding, a hierarchical model of spatiotemporal prediction and sequence learning in the neocortex. The model assumes that higher cortical levels modulate the temporal dynamics of lower levels, correcting their predictions of dynamics using prediction errors. As a result, lower levels form representations that encode sequences at shorter timescales (e.g., a single step) while higher levels form representations that encode sequences at longer timescales (e.g., an entire sequence). We tested this model using a two-level neural network, where the top-down modulation creates low-dimensional combinations of a set of learned temporal dynamics to explain input sequences. When trained on natural videos, the lower-level model neurons developed space-time receptive fields similar to those of simple cells in the primary visual cortex while the higher-level responses spanned longer timescales, mimicking temporal response hierarchies in the cortex. Additionally, the network’s hierarchical sequence representation exhibited both predictive and postdictive effects resembling those observed in visual motion processing in humans (e.g., in the flash-lag illusion). When coupled with an associative memory emulating the role of the hippocampus, the model allowed episodic memories to be stored and retrieved, supporting cue-triggered recall of an input sequence similar to activity recall in the visual cortex. When extended to three hierarchical levels, the model learned progressively more abstract temporal representations along the hierarchy. Taken together, our results suggest that cortical processing and learning of sequences can be interpreted as dynamic predictive coding based on a hierarchical spatiotemporal generative model of the visual world.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2223495</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Plos</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>