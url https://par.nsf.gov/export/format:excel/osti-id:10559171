--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,176 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...124 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -190,187 +65,306 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10559171</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3658644.3690320</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CountDown: Refcount-guided Fuzzing for Exposing Temporal Memory Errors in Linux Kernel</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bai, Shuangpeng; Zhang, Zhechang; Hu, Hong</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-12-02T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1315 to 1329</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>9798400706363</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Kernel use-after-free (UAF) bugs are severe threats to system security due to their complex root causes and high exploitability. We find that 36.1% of recent kernel UAF bugs are caused by improper uses of reference counters, dubbed refcount-related UAF bugs. Current kernel fuzzing tools based on code coverage can detect common memory errors, but none of them is aware of the root cause. As a consequence, they only trigger refcount-related UAF bugs passively and coincidentally, and may miss many deep hidden vulnerabilities.
+To actively trigger refcount-related UAF bugs, in this paper, we propose CountDown, a novel refcount-guided kernel fuzzer. CountDown collects diverse refcount operations from kernel executions and reshapes syscall relations based on commonly accessed refcounts. When generating user-space programs, CountDown prefers to combine syscalls that ever access the same refcounts, aiming to trigger complex refcount behaviors. It also injects refcount-decreasing and refcount-accessing syscalls to intentionally free the refcounted object and trigger invalid accesses through dangling pointers. We test CountDown on mainstream Linux kernels and compare it with popular fuzzers. On average, our tool can detect 66.1% more UAF bugs and 32.9% more KASAN reports than state-of-the-art tools. CountDown has found nine new kernel memory bugs, where two are fixed and one is confirmed.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2339848; 2247652</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Salt Lake City UT USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>