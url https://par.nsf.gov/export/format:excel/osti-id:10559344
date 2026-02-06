--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10559344</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1117/12.3017853</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Adaptive optics at W. M. Keck Observatory</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Wizinowich, Peter L; Bouchez, Antonin; Marin, Eduardo; Cetre, Sylvain; Chin, Jason; Correia, Carlos M; van_Dam, Marcos A; Delorme, Jacques-Robert R; Gers, Luke; Guthery, Charlotte E; Karkar, Sonia; Kwok, Shui; Lilley, Scott J; Lyke, Jim; Richards, Paul; Service, Maxwell; Steiner, Jonathan; Surendran, Avinash; Tsubota, Kevin; Wetherell, Ed; Bottom, Michael; Dekany, Richard; Ghez, Andrea; Hinz, Phillip; Liu, Michael; Liu, Jessica; Jensen-Clem, Rebecca; Millar-Blanchaer, Max; Peretz, Eliad; Sallum, Steph; Treu, Tomasso; Wright, Shelley</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Schmidt, Dirk; Vernet, Elise; Jackson, Kathryn J</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-27T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>The first scientific observations with adaptive optics (AO) at W. M. Keck Observatory (WMKO) began in 1999. Through 2023, over 1200 refereed science papers have been published using data from the WMKO AO systems. The scientific competitiveness of AO at WMKO has been maintained through a continuous series of AO and instrument upgrades and additions. This tradition continues with AO being a centerpiece of WMKO’s scientific strategic plan for 2035. We will provide an overview of the current and planned AO projects from the context of this strategic plan. The current projects include implementation of new real-time controllers, the KAPA laser tomography system and the HAKA high-order deformable mirror system, the development of multiple advanced wavefront sensing and control techniques, the ORCAS space-based guide star project, and three new AO science instruments. We will also summarize steps toward the future strategic directions which are centered on ground-layer, visible and high-contrast AO.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1836016; 1727071; 2320038; 2009051</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>SPIE</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>