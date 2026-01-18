--- v0 (2025-11-02)
+++ v1 (2026-01-18)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-10T05:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the National Academy of Sciences</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>0027-8424</t>
   </si>
   <si>
     <t>&lt;p&gt;We study the structure and dynamics of the interface separating a passive fluid from a microtubule-based active fluid. Turbulent-like active flows power giant interfacial fluctuations, which exhibit pronounced asymmetry between regions of positive and negative curvature. Experiments, numerical simulations, and theoretical arguments reveal how the interface breaks up the spatial symmetry of the fundamental bend instability to generate local vortical flows that lead to asymmetric interface fluctuations. The magnitude of interface deformations increases with activity: In the high activity limit, the interface self-folds invaginating passive droplets and generating a foam-like phase, where active fluid is perforated with passive droplets. These results demonstrate how active stresses control the structure, dynamics, and break-up of soft, deformable, and reconfigurable liquid–liquid interfaces.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2011846</t>
+    <t>2011846; 2224350</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>