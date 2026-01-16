--- v0 (2025-11-01)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-12-13T05:00:00Z</t>
   </si>
   <si>
     <t>Publications of the Astronomical Society of the Pacific</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>0004-6280</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;We measure the mass distribution of main-sequence (MS) companions to hot subdwarf B stars (sdBs) in post-common envelope binaries (PCEBs). We carried out a spectroscopic survey of 14 eclipsing systems (“HW Vir binaries”) with orbital periods of 3.8 &lt; &lt;italic&gt;P&lt;/italic&gt;&lt;sub&gt;orb&lt;/sub&gt; &lt; 12 hr, resulting in a well-understood selection function and a near-complete sample of HW Vir binaries with&lt;italic&gt;G&lt;/italic&gt; &lt; 16. We constrain companion masses from the radial velocity curves of the sdB stars. The companion mass distribution peaks at&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;MS&lt;/sub&gt; ≈ 0.15&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;and drops off at&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;MS&lt;/sub&gt; &gt; 0.2&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;⊙&lt;/sub&gt;, with only two systems hosting companions above the fully convective limit. There is no correlation between&lt;italic&gt;P&lt;/italic&gt;&lt;sub&gt;orb&lt;/sub&gt;and&lt;italic&gt;M&lt;/italic&gt;&lt;sub&gt;MS&lt;/sub&gt;within the sample. A similar drop-off in the companion mass distribution of white dwarf (WD) + MS PCEBs has been attributed to disrupted magnetic braking (MB) below the fully convective limit. We compare the sdB companion mass distribution to predictions of binary evolution simulations with a range of MB laws. Because sdBs have short lifetimes compared to WDs, explaining the lack of higher-mass MS companions to sdBs with disrupted MB requires MB to be boosted by a factor of 20–100 relative to MB laws inferred from the rotation evolution of single stars. We speculate that such boosting may be a result of irradiation-driven enhancement of the MS stars’ winds. An alternative possibility is that common envelope evolution favors low-mass companions in short-period orbits, but the existence of massive WD companions to sdBs with similar periods disfavors this scenario.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2307232</t>
+    <t>2307232; 2107070</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 124201</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>IOP Publishing</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>