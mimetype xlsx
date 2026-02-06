--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10560289</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/ma17184544</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Genetic Algorithm-Based Data-Driven Process Selection System for Additive Manufacturing in Industry 4.0</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Aljabali, Bader Alwomi; Shelton, Joseph; Desai, Salil</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-16T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Materials</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>17</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>18</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>4544</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1996-1944</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Additive manufacturing (AM) has impacted the manufacturing of complex three-dimensional objects in multiple materials for a wide array of applications. However, additive manufacturing, as an upcoming field, lacks automated and specific design rules for different AM processes. Moreover, the selection of specific AM processes for different geometries requires expert knowledge, which is difficult to replicate. An automated and data-driven system is needed that can capture the AM expert knowledge base and apply it to 3D-printed parts to avoid manufacturability issues. This research aims to develop a data-driven system for AM process selection within the design for additive manufacturing (DFAM) framework for Industry 4.0. A Genetic and Evolutionary Feature Weighting technique was optimized using 3D CAD data as an input to identify the optimal AM technique based on several requirements and constraints. A two-stage model was developed wherein the stage 1 model displayed average accuracies of 70% and the stage 2 model showed higher average accuracies of up to 97.33% based on quantitative feature labeling and augmentation of the datasets. The steady-state genetic algorithm (SSGA) was determined to be the most effective algorithm after benchmarking against estimation of distribution algorithm (EDA) and particle swarm optimization (PSO) algorithms, respectively. The output of this system leads to the identification of optimal AM processes for manufacturing 3D objects. This paper presents an automated design for an additive manufacturing system that is accurate and can be extended to other 3D-printing processes.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2434487; 2100850</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>