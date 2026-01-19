--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -125,51 +125,51 @@
   <si>
     <t>2024-03-25T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the AAAI Conference on Artificial Intelligence</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>22899 to 22905</t>
   </si>
   <si>
     <t>2159-5399</t>
   </si>
   <si>
     <t>&lt;p&gt;AI's widespread integration has led to neural networks (NN) deployment on edge and similar limited-resource platforms for safety-critical scenarios. Yet, NN's fragility raises concerns about reliable inference. Moreover, constrained platforms demand compact networks. This study introduces VeriCompress, a tool that automates the search and training of compressed models with robustness guarantees. These models are well-suited for safety-critical applications and adhere to predefined architecture and size limitations, making them deployable on resource-restricted platforms. The method trains models 2-3 times faster than the state-of-the-art approaches, surpassing them by average accuracy and robustness gains of 15.1 and 9.8 percentage points, respectively. When deployed on a resource-restricted generic platform, these models require 5-8 times less memory and 2-4 times less inference time than models used in verified robustness literature. Our comprehensive evaluation across various model architectures and datasets, including MNIST, CIFAR, SVHN, and a relevant pedestrian detection dataset, showcases VeriCompress's capacity to identify compressed verified robust models with reduced computation overhead compared to current standards. This underscores its potential as a valuable tool for end users, such as developers of safety-critical applications on edge or Internet of Things platforms, empowering them to create suitable models for safety-critical, resource-constrained platforms in their respective domains.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2124285</t>
+    <t>2124285; 2526174</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AAAI</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>