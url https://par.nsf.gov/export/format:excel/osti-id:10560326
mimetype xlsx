--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10560326</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3390/electronics13091727</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Quantization-Based Optimization Algorithm for Hardware Implementation of Convolution Neural Networks</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Mohd, Bassam J; Ahmad_Yousef, Khalil M; AlMajali, Anas; Hayajneh, Thaier</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Electronics</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>13</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1727</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2079-9292</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Convolutional neural networks (CNNs) have demonstrated remarkable performance in many areas but require significant computation and storage resources. Quantization is an effective method to reduce CNN complexity and implementation. The main research objective is to develop a scalable quantization algorithm for CNN hardware design and model the performance metrics for the purpose of CNN implementation in resource-constrained devices (RCDs) and optimizing layers in deep neural networks (DNNs). The algorithm novelty is based on blending two quantization techniques to perform full model quantization with optimum accuracy, and without additional neurons. The algorithm is applied to a selected CNN model and implemented on an FPGA. Implementing CNN using broad data is not possible due to capacity issues. With the proposed quantization algorithm, we succeeded in implementing the model on the FPGA using 16-, 12-, and 8-bit quantization. Compared to the 16-bit design, the 8-bit design offers a 44% decrease in resource utilization, and achieves power and energy reductions of 41% and 42%, respectively. Models show that trading off one quantization bit yields savings of approximately 5.4K LUTs, 4% logic utilization, 46.9 mW power, and 147 μJ energy. The models were also used to estimate performance metrics for a sample DNN design.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2142229</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>MDPI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>