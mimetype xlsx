--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,190 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="46">
-[...138 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -204,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10560374</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.4230/LIPIcs.ECOOP.2024.24</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Qafny: A Quantum-Program Verifier</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Li, Liyi; Zhu, Mingwei; Cleaveland, Rance; Nicolellis, Alexander; Lee, Yi; Chang, Le; Wu, Xiaodi</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t>Aldrich, Jonathan; Salvaneschi, Guido</t>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>313</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>313-313</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>1868-8969</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>978-3-95977-341-6</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Because of the probabilistic/nondeterministic behavior of quantum programs, it is highly advisable to verify them formally to ensure that they correctly implement their specifications. Formal verification, however, also traditionally requires significant effort. To address this challenge, we present Qafny, an automated proof system based on the program verifier Dafny and designed for verifying quantum programs. At its core, Qafny uses a type-guided quantum proof system that translates quantum operations to classical array operations modeled within a classical separation logic framework. We prove the soundness and completeness of our proof system and implement a prototype compiler that transforms Qafny programs and specifications into Dafny for automated verification purposes. We then illustrate the utility of Qafny’s automated capabilities in efficiently verifying important quantum algorithms, including quantum-walk algorithms, Grover’s algorithm, and Shor’s algorithm.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2330974</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t>31 pages; 831757 bytes</t>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t>application/pdf</t>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Schloss Dagstuhl – Leibniz-Zentrum für Informatik</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t>Creative Commons Attribution 4.0 International license; info:eu-repo/semantics/openAccess</t>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>