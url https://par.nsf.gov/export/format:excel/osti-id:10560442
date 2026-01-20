--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-16T05:00:00Z</t>
   </si>
   <si>
     <t>Optics Continuum</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>2770-0208</t>
   </si>
   <si>
     <t>&lt;p&gt;As the field of fluid dynamics progresses, the demand for sophisticated diagnostic methods to accurately assess flow conditions rises. In this work, resonantly ionized photoemission thermometry (RIPT) has been used to directly target and ionize diatomic nitrogen (N&lt;sub&gt;2&lt;/sub&gt;) to measure one-dimensional (1D) temperature profiles in a supersonic jet flow. This technique can be considered non-intrusive as the premise uses resonantly enhanced multiphoton ionization (REMPI) to target molecular nitrogen. This resonance excites N&lt;sub&gt;2&lt;/sub&gt;into absorption bands of the P, Q, and R rotational branches of N&lt;sub&gt;2&lt;/sub&gt;(&lt;italic&gt;b&lt;/italic&gt;&lt;sup&gt;1&lt;/sup&gt;Π&lt;sub&gt;&lt;italic&gt;u&lt;/italic&gt;&lt;/sub&gt;). The ideal (3 + 1) REMPI scheme excites from the ground state and ionizes N&lt;sub&gt;2&lt;/sub&gt;(&lt;italic&gt;b&lt;/italic&gt;&lt;sup&gt;1&lt;/sup&gt;Π&lt;sub&gt;&lt;italic&gt;u&lt;/italic&gt;&lt;/sub&gt;←&lt;italic&gt;X&lt;/italic&gt;&lt;sup&gt;1&lt;/sup&gt;Σ&lt;sub&gt;&lt;italic&gt;g&lt;/italic&gt;&lt;/sub&gt;&lt;sup&gt;+&lt;/sup&gt;) where de-excitation results in photoemission from the first negative band of ionized&lt;italic&gt;N&lt;/italic&gt;&lt;sub&gt;2&lt;/sub&gt;&lt;sup&gt;+&lt;/sup&gt;(&lt;italic&gt;B&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;Σ&lt;sub&gt;u&lt;/sub&gt;&lt;sup&gt;+&lt;/sup&gt;→&lt;italic&gt;X&lt;/italic&gt;&lt;sup&gt;2&lt;/sup&gt;Σ&lt;sub&gt;&lt;italic&gt;g&lt;/italic&gt;&lt;/sub&gt;&lt;sup&gt;+&lt;/sup&gt;) as nitrogen returns to the ground state. The resulting emission can be observed using an intensified camera, thus permitting inference of the rotational temperature of ground-state molecular nitrogen. A linearly regressive Boltzmann distribution is applied based on previous calibration data for this technique to quantify the temperature along the ionized line. This work applies this technique to a pure N&lt;sub&gt;2&lt;/sub&gt;supersonic jet in cross-flow and counter-flow orientations to demonstrate N&lt;sub&gt;2&lt;/sub&gt;RIPT’s applications in a supersonic flow. Temperature variations are observed at different locations downstream of the exit in cross-flow, and axisymmetric in counter-flow, to generate profiles characterizing the flow dynamics. Due to the collisional effects resulting from the number density of N&lt;sub&gt;2&lt;/sub&gt;at higher pressures, a (3 + 2) REMPI scheme is observed throughout this text.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2409331</t>
+    <t>2409331; 2026242</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Article No. 1</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Optical Society of America</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>