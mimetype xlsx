--- v0 (2026-01-16)
+++ v1 (2026-02-07)
@@ -6,178 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="42">
-[...126 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -192,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10560522</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3651145</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Streaming Algorithms with Few State Changes</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Jayaram, Rajesh; Woodruff, David P; Zhou, Samson</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-05-10T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Management of Data</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 28</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2836-6573</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;In this paper, we study streaming algorithms that minimize the number of changes made to their internal state (i.e., memory contents). While the design of streaming algorithms typically focuses on minimizing space and update time, these metrics fail to capture the asymmetric costs, inherent in modern hardware and database systems, of reading versus writing to memory. In fact, most streaming algorithms write to their memory on every update, which is undesirable when writing is significantly more expensive than reading. This raises the question of whether streaming algorithms with small space and number of memory writes are possible.&lt;/p&gt; &lt;p&gt;We first demonstrate that, for the fundamental F&lt;sub&gt;p&lt;/sub&gt;moment estimation problem with p ≥ 1, any streaming algorithm that achieves a constant factor approximation must make Ω(n&lt;sup&gt;1-1/p&lt;/sup&gt;) internal state changes, regardless of how much space it uses. Perhaps surprisingly, we show that this lower bound can be matched by an algorithm which also has near-optimal space complexity. Specifically, we give a (1+ε)-approximation algorithm for F&lt;sub&gt;p&lt;/sub&gt;moment estimation that use a near-optimal ~O&lt;sub&gt;ε&lt;/sub&gt;(n&lt;sup&gt;1-1/p&lt;/sup&gt;) number of state changes, while simultaneously achieving near-optimal space, i.e., for p∈[1,2), our algorithm uses poly(log n,1/ε) bits of space for, while for p&gt;2, the algorithm uses ~O&lt;sub&gt;ε&lt;/sub&gt;(n&lt;sup&gt;1-1/p&lt;/sup&gt;) space. We similarly design streaming algorithms that are simultaneously near-optimal in both space complexity and the number of state changes for the heavy-hitters problem, sparse support recovery, and entropy estimation. Our results demonstrate that an optimal number of state changes can be achieved without sacrificing space complexity.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2335411</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proc. ACM Manag. Data</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>