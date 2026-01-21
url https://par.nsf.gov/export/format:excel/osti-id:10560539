--- v0 (2025-11-01)
+++ v1 (2026-01-21)
@@ -119,51 +119,51 @@
   <si>
     <t>Chan, Kit_Yu Karen; Kui, Li; McDonald, Adriane M; Ritger, Amelia L; Hofmann, Gretchen E</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-16T05:00:00Z</t>
   </si>
   <si>
     <t>Frontiers in Marine Science</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>2296-7745</t>
   </si>
   <si>
     <t>Marine heatwaves (MHWs) are of increasing concern due to the emerging ecological and socioeconomic impacts on coastal ecosystems. Leveraging the data of the Santa Barbara Coastal Long-Term Ecological Research project, we analyzed the MHW event metrics observed in the kelp forest ecosystem and across Santa Barbara Channel, CA, USA. Not only was there a significant positive trend in the number of MHWs recorded, their duration and intensity were also increasing over time. MHWs were detected year-round, suggesting that marine organisms have exposure risks regardless of their phenology. Exposure at one life history stage could have a legacy effect on the subsequent stages, implying little temporal refuge. In contrast, the coastal mooring data revealed that near-surface and bottom events were not necessarily coupled even at less than 15 m. Such spatial variation in MHWs might provide a temporary refuge for mobile species. These observations also highlight the importance of depth-stratified, long-term coastal monitoring to understand spatio-temporal variation in MHW stress on coastal communities.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2131283; 2425417</t>
+    <t>2131283; 2425417; 1831937</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Frontiers</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>