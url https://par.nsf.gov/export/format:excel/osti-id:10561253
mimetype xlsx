--- v0 (2025-11-01)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="39">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -86,96 +86,87 @@
   <si>
     <t>Size</t>
   </si>
   <si>
     <t>Format</t>
   </si>
   <si>
     <t>Version</t>
   </si>
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
-    <t>10561253</t>
-[...8 lines deleted...]
-    <t>Hopper, Nicholas; Espinosa-Marzal, Rosa M; Tysoe, Wilfred</t>
+    <t>10192363</t>
+  </si>
+  <si>
+    <t>https://doi.org/10.18260/1-2--34140</t>
+  </si>
+  <si>
+    <t>An NSF REU Site with Integrated Academia-Industry Research Experience – Development, Implementation and Lesson-learned</t>
+  </si>
+  <si>
+    <t>Jiang, Zhaoshuo; Caicedo, Juan; Petrulis, Robert</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>2024-12-07T05:00:00Z</t>
-[...14 lines deleted...]
-    <t>&lt;p&gt;Understanding fluid viscosity is crucial for applications including lubrication and chemical kinetics. A commonality of molecular models is that they describe fluid flow based on the availability of vacant space. The proposed analysis builds on Goldstein’s idea that viscous transport must involve the concerted motion of a molecular ensemble, referred to as cooperatively rearranging regions (CRRs) by Adam and Gibbs in their entropy-based viscosity model for liquids close to their glass transition. The viscosity data for propylene carbonate reveal a non-monotonic trend of the activation volume with pressure, suggesting the existence of two types of CRR with different compressibility behaviors. This is proposed to result from a change in CRR free volume (&amp;lt;0.2 GPa) and a growth in its size (&amp;gt;0.2 GPa). We use Evans–Polanyi perturbation theory to develop an analytical model for the structural changes of the CRR in function of pressure and temperature and their effect on Eyring viscosity. This analysis shows that the activation energies and volumes scale with the CRR size. Using the compressibility data of propylene carbonate, we show that the activation volume of the CRR at low pressures depends on the compressibility of an ensemble comprised of the first coordination shell around a molecule. At higher pressures, we apply an Adam–Gibbs-type analysis to model the increase in CRR size and its effect on viscosity, where the increase in size is estimated from propylene carbonate’s heat capacity. However, this analysis also reveals deviations from the Adam and Gibbs model that will guide future improvements.&lt;/p&gt;</t>
+    <t>2020-06-01T04:00:00Z</t>
+  </si>
+  <si>
+    <t>ASEE annual conference  exposition proceedings</t>
+  </si>
+  <si>
+    <t>2153-5868</t>
+  </si>
+  <si>
+    <t>Smart Structures Technologies (SST) is receiving considerable attention as the demands for high performance in structural systems is increasing in recent years. Although both the academic and industrial worlds are seeking ways to utilize SST, there is a significant gap between engineering science in academia and engineering practice in the industry. To bridge the gap and facilitate the research infusion, San Francisco State University (SFSU) and the University of South Carolina (UofSC) collaborate with industrial partners to establish a Research Experiences for Undergraduates (REU) Site program, which provides undergraduate students a unique opportunity to experience research in both academic and industrial settings through cooperative research projects. In this paper, the development of the program, the two years implementation, as well as the lesson-learned, are discussed.</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2216162; 1916609</t>
-[...8 lines deleted...]
-    <t>AIP Publishing</t>
+    <t>1659877</t>
+  </si>
+  <si>
+    <t>2020</t>
+  </si>
+  <si>
+    <t>Conference Paper</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
@@ -296,85 +287,79 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" t="s" s="0">
-[...4 lines deleted...]
-      </c>
+      <c r="I2" s="0"/>
+      <c r="J2" s="0"/>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>35</v>
+        <v>33</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
+        <v>34</v>
+      </c>
+      <c r="O2" t="s" s="0">
+        <v>35</v>
+      </c>
+      <c r="P2" t="s" s="0">
         <v>36</v>
       </c>
-      <c r="O2" t="s" s="0">
+      <c r="Q2" t="s" s="0">
+        <v>30</v>
+      </c>
+      <c r="R2" t="s" s="0">
         <v>37</v>
-      </c>
-[...7 lines deleted...]
-        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>40</v>
-[...3 lines deleted...]
-      </c>
+        <v>38</v>
+      </c>
+      <c r="W2" s="0"/>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>