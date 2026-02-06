--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10561429</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1139/cjfr-2024-0015</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The distribution of tree biomass carbon within the Pacific Coastal Temperate Rainforest, a disproportionally carbon dense forest</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Carter, Trevor A; Buma, Brian</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-09-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Canadian Journal of Forest Research</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>54</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>9</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>956 to 977</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0045-5067</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Spatially explicit global estimates of forest carbon storage are typically coarsely scaled. While useful, these estimates do not account for the variability and distribution of carbon at management scales. We asked how climate, topography, and disturbance regimes interact across and within geopolitical boundaries to influence tree biomass carbon, using the perhumid region of the Pacific Coastal Temperate Rainforest, an infrequently disturbed carbon dense landscape, as a test case. We leveraged permanent sample plots in southeast Alaska and coastal British Columbia and used multiple quantile regression forests and generalized linear models to estimate tree biomass carbon stocks and the effects of topography, climate, and disturbance regimes. We estimate tree biomass carbon stocks are either 211 (SD = 163) Mg C ha&lt;sup&gt;−1&lt;/sup&gt;or 218 (SD = 169) Mg C ha&lt;sup&gt;−1&lt;/sup&gt;. Natural disturbance regimes had no correlation with tree biomass but logging decreased tree biomass carbon and the effect diminished with increasing time since logging. Despite accounting for 0.3% of global forest area, this forest stores between 0.63% and 1.07% of global aboveground forest carbon as aboveground live tree biomass. The disparate impact of logging and natural disturbance regimes on tree biomass carbon suggests a mismatch between current forest management and disturbance history.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2025726</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Canadian Science Publishing</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>