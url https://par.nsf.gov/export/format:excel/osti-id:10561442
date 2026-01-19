--- v0 (2025-11-02)
+++ v1 (2026-01-19)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-29T04:00:00Z</t>
   </si>
   <si>
     <t>Proceedings of the National Academy of Sciences</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>0027-8424</t>
   </si>
   <si>
     <t>&lt;p&gt;Coral reefs are among the most sensitive ecosystems affected by ocean warming and acidification, and are predicted to collapse over the next few decades. Reefs are predicted to shift from net accreting calcifier-dominated systems with exceptionally high biodiversity to net eroding algal-dominated systems with dramatically reduced biodiversity. Here, we present a two-year experimental study examining the responses of entire mesocosm coral reef communities to warming (+2 °C), acidification (−0.2 pH units), and combined future ocean (+2 °C, −0.2 pH) treatments. Contrary to modeled projections, we show that under future ocean conditions, these communities shift structure and composition yet persist as novel calcifying ecosystems with high biodiversity. Our results suggest that if climate change is limited to Paris Climate Agreement targets, coral reefs could persist in an altered state rather than collapse.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2048457</t>
+    <t>2048457; 2023298; 1923877</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>