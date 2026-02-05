--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10561528</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3631410</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Soil-Powered Computing: The Engineer's Guide to Practical Soil Microbial Fuel Cell Design</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Yen, Bill; Jaliff, Laura; Gutierrez, Louis; Sahinidis, Philothei; Bernstein, Sadie; Madden, John; Taylor, Stephen; Josephson, Colleen; Pannuto, Pat; Shuai, Weitao; Wells, George; Arora, Nivedita; Hester, Josiah</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-12T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on interactive mobile wearable and ubiquitous technologies</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>7</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>4</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 40</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2474-9567</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Human-caused climate degradation and the explosion of electronic waste have pushed the computing community to explore fundamental alternatives to the current battery-powered, over-provisioned ubiquitous computing devices that need constant replacement and recharging. Soil Microbial Fuel Cells (SMFCs) offer promise as a renewable energy source that is biocompatible and viable in difficult environments where traditional batteries and solar panels fall short. However, SMFC development is in its infancy, and challenges like robustness to environmental factors and low power output stymie efforts to implement real-world applications in terrestrial environments. This work details a 2-year iterative process that uncovers barriers to practical SMFC design for powering electronics, which we address through a mechanistic understanding of SMFC theory from the literature. We present nine months of deployment data gathered from four SMFC experiments exploring cell geometries, resulting in an improved SMFC that generates power across a wider soil moisture range. From these experiments, we extracted key lessons and a testing framework, assessed SMFC's field performance, contextualized improvements with emerging and existing computing systems, and demonstrated the improved SMFC powering a wireless sensor for soil moisture and touch sensing. We contribute our data, methodology, and designs to establish the foundation for a sustainable, soil-powered future.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2038853</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>