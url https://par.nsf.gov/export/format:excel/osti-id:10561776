--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>2024-10-16T04:00:00Z</t>
   </si>
   <si>
     <t>Geophysical Research Letters</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>0094-8276</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;Pine Island, Thwaites, Smith, and Kohler glaciers in the Amundsen Sea Embayment (ASE) sector of West Antarctica experience rapid mass loss and grounding line retreat due to enhanced ocean thermal forcing from Circumpolar Deep Water (CDW) reaching the grounding lines. We use simulated Lagrangian particles advected with a looping 1 year output from the Southern Ocean high‐resolution model to backtrack the transport and cooling of CDW to these glaciers. For the simulated year 2005–2006, we find that the median time needed to reach the grounding lines from the edge of the ASE is 3 years. In addition, the Antarctic Coastal Current contributes an equal number of particles as off‐shelf sources to the grounding lines of Pine Island and Thwaites. For CDW coming from off‐shelf, results from SOhi indicate that 25%–66% of the cooling occurs within ice shelf cavities.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2319829; 2149501; 2332379</t>
+    <t>2319829; 2149501; 2332379; 1924388</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>AGU</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>