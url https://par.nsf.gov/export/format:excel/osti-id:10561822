--- v0 (2025-11-01)
+++ v1 (2026-01-18)
@@ -95,51 +95,51 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10561822</t>
   </si>
   <si>
     <t>https://doi.org/10.1021/acs.macromol.4c02001</t>
   </si>
   <si>
     <t>Temperature Effects in Conventional and RAFT Photopolymerization</t>
   </si>
   <si>
-    <t>Nwoko, Tochukwu [Department of Chemistry and Biochemistry, Miami University, 651 E High St, Oxford, Ohio 45056, United States]; Zhang, Bo [Polymer Reaction Design (PRD) Group, School of Chemistry, Monash University, 17 Rainforest Walk, Clayton VIC, Melbourne 3800, Australia]; Vargo, Taylor [Department of Chemistry and Biochemistry, Miami University, 651 E High St, Oxford, Ohio 45056, United States]; Junkers, Tanja [Polymer Reaction Design (PRD) Group, School of Chemistry, Monash University, 17 Rainforest Walk, Clayton VIC, Melbourne 3800, Australia] (ORCID:0000000268255777); Konkolewicz, Dominik [Department of Chemistry and Biochemistry, Miami University, 651 E High St, Oxford, Ohio 45056, United States] (ORCID:0000000238285481)</t>
+    <t>Nwoko, Tochukwu; Zhang, Bo; Vargo, Taylor; Junkers, Tanja (ORCID:0000000268255777); Konkolewicz, Dominik (ORCID:0000000238285481)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2024-12-23T05:00:00Z</t>
   </si>
   <si>
     <t>Macromolecules</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>0024-9297</t>
   </si>
   <si>
     <t>Not Available</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>