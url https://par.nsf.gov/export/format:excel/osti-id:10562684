--- v0 (2025-10-31)
+++ v1 (2026-02-06)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10562684</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3847/1538-4357/ad303e</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>The Sun Remains Relatively Refractory Depleted: Elemental Abundances for 17,412 Gaia RVS Solar Analogs and 50 Planet Hosts</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Rampalli, Rayna; Ness, Melissa K; Edwards, Graham H; Newton, Elisabeth R; Bedell, Megan</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>The Astrophysical Journal</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>965</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>176</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>0004-637X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;title&gt;Abstract&lt;/title&gt; &lt;p&gt;The element abundances of stars, particularly the refractory elements (e.g., Fe, Si, and Mg), play an important role in connecting stars to their planets. Most Sun-like stars do not have refractory abundance measurements since obtaining a large sample of high-resolution spectra is difficult with oversubscribed observing resources. In this work we infer abundances for C, N, O, Na, Mn, Cr, Si, Fe, Ni, Mg, V, Ca, Ti, Al, and Y for solar analogs with Gaia Radial Velocity Spectrometer (RVS) spectra (&lt;italic&gt;R&lt;/italic&gt;= 11,200) using&lt;monospace&gt;TheCannon&lt;/monospace&gt;, a data-driven method. We train a linear model on a reference set of 34 stars observed by Gaia RVS with precise abundances measured from previous high-resolution spectroscopic efforts (&lt;italic&gt;R&lt;/italic&gt;&gt; 30,000–110,000). We then apply this model to several thousand Gaia RVS solar analogs. This yields abundances with average upper limit precisions of 0.04–0.1 dex for 17,412 stars, 50 of which are identified planet (candidate) hosts. We subsequently test the relative refractory depletion of these stars with increasing element condensation temperature compared to the Sun. The Sun remains refractory depleted compared to other Sun-like stars regardless of our current knowledge of the planets they host. This is inconsistent with theories of various types of planets locking up or sequestering refractories. Furthermore, we find no significant abundance differences between identified close-in giant planet hosts, giant planet hosts, and terrestrial/small planet hosts with the rest of the sample within our precision limits. This work demonstrates the utility of data-driven learning for future exoplanet composition and demographics studies.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2102591</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>IOP</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>