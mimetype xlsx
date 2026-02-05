--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563492</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1609/aiide.v19i1.27534</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CALYPSO: LLMs as Dungeon Master's Assistants</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu, Andrew; Martin, Lara; Head, Andrew; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2023-10-06T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the AAAI Conference on Artificial Intelligence and Interactive Digital Entertainment</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>19</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>1</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>380 to 390</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2326-909X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The role of a Dungeon Master, or DM, in the game Dungeons &amp; Dragons is to perform multiple tasks simultaneously. The DM must digest information about the game setting and monsters, synthesize scenes to present to other players, and respond to the players' interactions with the scene. Doing all of these tasks while maintaining consistency within the narrative and story world is no small feat of human cognition, making the task tiring and unapproachable to new players. Large language models (LLMs) like GPT-3 and ChatGPT have shown remarkable abilities to generate coherent natural language text. In this paper, we conduct a formative evaluation with DMs to establish the use cases of LLMs in D&amp;D and tabletop gaming generally. We introduce CALYPSO, a system of LLM-powered interfaces that support DMs with information and inspiration specific to their own scenario. CALYPSO distills game context into bite-sized prose and helps brainstorm ideas without distracting the DM from the game. When given access to CALYPSO, DMs reported that it generated high-fidelity text suitable for direct presentation to players, and low-fidelity ideas that the DM could develop further while maintaining their creative agency. We see CALYPSO as exemplifying a paradigm of AI-augmented tools that provide synchronous creative assistance within established game worlds, and tabletop gaming more broadly.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2023</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>AAAI</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>