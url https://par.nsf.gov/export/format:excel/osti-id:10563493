--- v0 (2026-01-16)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563493</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2024.emnlp-demo.17</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>ReDel: A Toolkit for LLM-Powered Recursive Multi-Agent Systems</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zhu, Andrew; Dugan, Liam; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>162 to 171</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Recently, there has been increasing interest in using Large Language Models (LLMs) to construct complex multi-agent systems to perform tasks such as compiling literature reviews, drafting consumer reports, and planning vacations. Many tools and libraries exist for helping create such systems, however none support *recursive* multi-agent systems—where the models themselves flexibly decide when to delegate tasks and how to organize their delegation structure. In this work, we introduce ReDel: a toolkit for recursive multi-agent systems that supports custom tool-use, delegation schemes, event-based logging, and interactive replay in an easy-to-use web interface. We show that, using ReDel, we are able to achieve significant performance gains on agentic benchmarks and easily identify potential areas of improvements through the visualization and debugging tools. Our code, documentation, and PyPI package are open-source at https://github.com/zhudotexe/redel, and free to use under the MIT license.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Miami, Florida, USA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>