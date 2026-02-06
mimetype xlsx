--- v0 (2025-11-02)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563509</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2024.acl-long.674</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>RAID: A Shared Benchmark for Robust Evaluation of Machine-Generated Text Detectors</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Dugan, Liam; Hwang, Alyssa; Trhlík, Filip; Zhu, Andrew; Ludan, Josh Magnus; Xu, Hainiu; Ippolito, Daphne; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>12463 to 12492</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Many commercial and open-source models claim to detect machine-generated text with extremely high accuracy (99% or more). However, very few of these detectors are evaluated on shared benchmark datasets and even when they are, the datasets used for evaluation are insufficiently challenging—lacking variations in sampling strategy, adversarial attacks, and open-source generative models. In this work we present RAID: the largest and most challenging benchmark dataset for machine-generated text detection. RAID includes over 6 million generations spanning 11 models, 8 domains, 11 adversarial attacks and 4 decoding strategies. Using RAID, we evaluate the out-of-domain and adversarial robustness of 8 open- and 4 closed-source detectors and find that current detectors are easily fooled by adversarial attacks, variations in sampling strategies, repetition penalties, and unseen generative models. We release our data along with a leaderboard to encourage future research.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bangkok, Thailand</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>