--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,172 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
-[...120 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -186,185 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...60 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563514</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.18653/v1/2024.acl-long.208</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>DataDreamer: A Tool for Synthetic Data Generation and Reproducible LLM Workflows</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Patel, Ajay; Raffel, Colin; Callison-Burch, Chris</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-01-01T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>3781 to 3799</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Large language models (LLMs) have become a dominant and important tool for NLP researchers in a wide range of tasks. Today, many researchers use LLMs in synthetic data generation, task evaluation, fine-tuning, distillation, and other model-in-the-loop research workflows. However, challenges arise when using these models that stem from their scale, their closed source nature, and the lack of standardized tooling for these new and emerging workflows. The rapid rise to prominence of these models and these unique challenges has had immediate adverse impacts on open science and on the reproducibility of work that uses them. In this ACL 2024 theme track paper, we introduce DataDreamer, an open source Python library that allows researchers to write simple code to implement powerful LLM workflows. DataDreamer also helps researchers adhere to best practices that we propose to encourage open science and reproducibility. The library and documentation are available at: https://github.com/datadreamer-dev/DataDreamer.</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Association for Computational Linguistics</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Bangkok, Thailand</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>