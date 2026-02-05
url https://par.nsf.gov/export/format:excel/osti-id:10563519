--- v0 (2026-01-16)
+++ v1 (2026-02-05)
@@ -6,166 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="43" uniqueCount="38">
-[...114 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -180,183 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...58 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563519</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>CLIN: A Continually Learning Language Agent for Rapid Task Adaptation and Generalization</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Majumder, Bodhisattwa_Prasad; Dalvi_Mishra, Bhavana; Jansen, Peter; Tafjord, Oyvind; Tandon, Niket; Zhang, Li; Callison-Burch, Chris; Clark, Peter</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-10-07T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>Language agents have shown some ability to interact with an external environment, e.g., a virtual world such as ScienceWorld, to perform complex tasks, e.g., growing a plant, without the startup costs of reinforcement learning. While recent work, e.g., Reflexion, has demonstrated how such agents can also self-improve by adding a textual memory of ''hints'' learned from prior experience, such improvements have been limited both in size and scope. In contrast, our goal is a language agent that can robustly improve performance over time, including when both the task and environment are varied. Our approach is to have the agent learn a textual representation of how the world works (rather than just isolated hints), expressed as a memory of causal abstractions, to guide future decision-making. In experiments, we find CLIN is able to continually improve on repeated trials on the same task and environment, outperforming state-of-the-art reflective language agents like Reflexion by 23 points in ScienceWorld and 1.4 points in ALFWorld benchmarks. CLIN can also transfer its learning to new environments and tasks, enhancing performance by 21 points in ScienceWorld and 11 points in ALFWorld</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1928474</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Proceedings of the Conference on Language Modeling (COLM)</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Philadelphia, PA</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>