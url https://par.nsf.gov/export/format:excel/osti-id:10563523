--- v0 (2025-11-03)
+++ v1 (2026-01-21)
@@ -122,51 +122,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>Hudson, André O</t>
   </si>
   <si>
     <t>2024-11-27T05:00:00Z</t>
   </si>
   <si>
     <t>Microbiology Resource Announcements</t>
   </si>
   <si>
     <t>e0104224</t>
   </si>
   <si>
     <t>2576-098X</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt; &lt;sec&gt;&lt;p&gt;The fungal genus&lt;italic&gt;Neonectria&lt;/italic&gt;contains many phytopathogenic species currently impacting forests and fruit trees worldwide. Despite their importance, a majority of&lt;italic&gt;Neonectria&lt;/italic&gt;spp. lack sufficient genomic resources to resolve suspected cryptic species. Here, we report draft genomes and assemblies for&lt;italic&gt;Neonectria magnoliae&lt;/italic&gt;NRRL 64651 and&lt;italic&gt;Neonectria punicea&lt;/italic&gt;NRRL 64653.&lt;/p&gt;&lt;/sec&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2125066</t>
+    <t>2125066; 2215705</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>ASM Press</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>