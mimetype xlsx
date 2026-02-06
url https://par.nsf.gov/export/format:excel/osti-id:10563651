--- v0 (2025-11-01)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563651</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.21785/icad2024.002</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Iterative Design of Auditory Displays Involving Data Sonifications and Authentic Ocean Data</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Bellona, Jon; Li, Huaigu; Roberts, Jessica; Bower, Amy; Smith, Leslie</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-06-01T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>11 to 17</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t>979-8-9914562-0-3</t>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;The “Accessible Oceans” pilot project aims to inclusively design auditory displays that support perception and understanding of ocean data in informal learning environments (ILEs). The project’s multi-disciplinary team includes expertise from all related fields — ocean scientists, dataset experts, a sound designer with specialization in data sonification, and a learning sciences researcher. In addition, the PI is blind and provides a crucial perspective in our research. We describe the sound design of informative sonifications and respective auditory displays based on iterative design with user input at each stage, including from blind and low-vision (BLV) students, their teachers, and subject-matter experts. We discuss the importance of framing data sonifications through an auditory presentation of contextual information. We also report on our latest auditory display evaluation using Auditory Interface UX Scale (BUZZ) surveys at three ILE test sites. These responses further affirm our auditory display design developments. We include access to the auditory displays media and lessons learned over the course of this multi-year NSF-funded Advancing Informal Stem Learning (AISL) grant https://accessibleoceans.whoi.edu/&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2115751</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Paper</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>International Community for Auditory Display</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t>Rensselaer Polytechnic Institute</t>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>