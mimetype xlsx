--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,168 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="38">
-[...116 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -182,181 +65,307 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...56 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10563699</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.13023/9MEF-ZY96</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>A Data Driven Approach to Research Enterprise Growth and Infrastructure Design</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Zuskar, Marisa; Labayen, Gabby</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-04-12T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>As proposal, subaward, award, and agreement volumes continue to grow at your institution, how can you strategize to support the size of your research infrastructure? How can you justify the expansion of your teams and talent? How do you adjust roles and workload to align with the growing portfolio? What technology considerations should you make to track this?
+This session will cover how to leverage data to make effective business decisions regarding resource needs and allocation methodology to meet growing demands, starting with your internal data and then looking externally. We will cover strategies for using data analytics to efficiently manage the size of your research enterprise and portfolios, as well as measure performance of pre-award and post-award functions across the grant lifecycle. Participants will understand how to analyze portfolios, beyond sheet volume, and analyze the various criteria that can be objectively evaluated to determine how to balance your sponsored programs portfolio. We will review common reporting and analytics tools and provide examples of critical data points to consider at both the central office and department level.
+Presented at the 2024 Research Analytics Summit in Albuquerque, NM</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2324388</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Conference Proceeding</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>University of Kentucky Libraries</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>