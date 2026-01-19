--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="43">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -95,75 +95,84 @@
   <si>
     <t>Resource Type</t>
   </si>
   <si>
     <t>Publisher</t>
   </si>
   <si>
     <t>Location</t>
   </si>
   <si>
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10564723</t>
   </si>
   <si>
     <t>https://doi.org/10.3102/0013189X241310169</t>
   </si>
   <si>
     <t>Beyond Verbal: A Methodological Approach to Highlighting Students’ Embodied Participation in Mathematics Classroom</t>
   </si>
   <si>
-    <t>Yeh, Cathery [University of Texas at Austin, Austin, TX] (ORCID:000000024006969X); Reinholz, Daniel_Lee [San Diego State University, San Diego, CA] (ORCID:0000000312582805); Lee, Hakeoung_Hannah [University of Texas at Austin, Austin, TX] (ORCID:0000000205677710); Moschetti, Mariah [University of Texas at Austin, Austin, TX, San Diego State University, San Diego, CA] (ORCID:0000000183644829)</t>
+    <t>Yeh, Cathery (ORCID:000000024006969X); Reinholz, Daniel_Lee (ORCID:0000000312582805); Lee, Hakeoung_Hannah (ORCID:0000000205677710); Moschetti, Mariah (ORCID:0000000183644829)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-03T05:00:00Z</t>
   </si>
   <si>
     <t>Educational Researcher</t>
   </si>
   <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>2</t>
+  </si>
+  <si>
     <t>0013-189X</t>
   </si>
   <si>
     <t>&lt;p&gt;Despite the growing availability of classroom measures, such measures rarely attended to the embodied nature of learning. This article describes the collaborative development of a practical measure to capture embodied participation in mathematics classrooms with four elementary school teachers—working with students at the intersections of multiply marginalized identities: students of color, emergent bilinguals, and students with disabilities—who informed the measure design and ensured that the data were actionable in their contexts. This article contributes to existing research on classroom measures by highlighting the value of attending to embodied learning through multiple modalities and representations of student participation. We further highlight how such a measure provides practical insights into participation that extend beyond verbal only measures.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>1943146</t>
   </si>
   <si>
     <t>2025</t>
+  </si>
+  <si>
+    <t>p. 103-110</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3102</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
@@ -290,81 +299,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
-        <v>30</v>
+        <v>40</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>41</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>42</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>