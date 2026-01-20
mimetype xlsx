--- v0 (2025-11-01)
+++ v1 (2026-01-20)
@@ -6,51 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="44" uniqueCount="40">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="46" uniqueCount="42">
   <si>
     <t>PAR ID</t>
   </si>
   <si>
     <t>DOI</t>
   </si>
   <si>
     <t>Title</t>
   </si>
   <si>
     <t>Creator/Author</t>
   </si>
   <si>
     <t>Corporate Author</t>
   </si>
   <si>
     <t>Editor</t>
   </si>
   <si>
     <t>Publication Date</t>
   </si>
   <si>
     <t>Journal Name</t>
   </si>
   <si>
@@ -105,50 +105,56 @@
     <t>Rights</t>
   </si>
   <si>
     <t>Institution</t>
   </si>
   <si>
     <t>10564727</t>
   </si>
   <si>
     <t>https://doi.org/10.1111/mec.17635</t>
   </si>
   <si>
     <t>Thrushes in Love: Extensive Gene Flow, With Differential Resistance and Selection, Obscures and Reveals the Evolutionary History of a Songbird Clade</t>
   </si>
   <si>
     <t>Delmore, Kira_E [Department of Biology Texas A&amp;amp,M University  College Station Texas USA] (ORCID:0000000341089729); DaCosta, Jeffrey_M [Biology Department Boston College  Chestnut Hill Massachusetts USA]; Winker, Kevin [Department of Biology and Wildlife University of Alaska Museum  Fairbanks Alaska USA] (ORCID:0000000289858104)</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>2025-01-02T05:00:00Z</t>
   </si>
   <si>
     <t>Molecular Ecology</t>
+  </si>
+  <si>
+    <t>34</t>
+  </si>
+  <si>
+    <t>22</t>
   </si>
   <si>
     <t>0962-1083</t>
   </si>
   <si>
     <t>&lt;title&gt;ABSTRACT&lt;/title&gt;
  &lt;p&gt;The application of high‐throughput sequencing to phylogenetic analyses is allowing authors to reconstruct the true evolutionary history of species. This work can illuminate specific mechanisms underlying divergence when combined with analyses of gene flow, recombination and selection. We conducted a phylogenomic analysis of&lt;italic&gt;Catharus&lt;/italic&gt;, a songbird genus with considerable potential for gene flow, variation in migratory behaviour and genomic resources. We documented discordance among trees constructed for mitochondrial, autosomal and sex (Z) chromosome partitions. Two trees were recovered on the Z. Both trees differed from the autosomes, one matched the mitochondria, and the other was unique to the Z. Gene flow with one species likely generated much of this discordance; substantial admixture between&lt;italic&gt;ustulatus&lt;/italic&gt;and the remaining species was documented and linked to at least two historic events. The tree unique to the Z likely reflects the true history of&lt;italic&gt;Catharus&lt;/italic&gt;; local genomic analyses recovered the same tree in autosomal regions with reduced admixture and recombination. Genes previously connected to migration were enriched in these regions suggesting transitions between migratory and non‐migratory states helped generate divergence. Migratory (vs. nonmigratory)&lt;italic&gt;Catharus&lt;/italic&gt;formed a monophyletic clade in a subset of genomic regions. Gene flow was elevated in some of these regions suggesting adaptive introgression may have occurred, but the dominant pattern was of balancing selection maintaining ancestral polymorphisms important for olfaction and perhaps, by extension, adaptation to temperate climates. This work illuminates the evolutionary history of an important model in speciation and demonstrates how differential resistance to gene flow can affect local genomic patterns.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
     <t>2143004</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>Wiley-Blackwell</t>
   </si>
 </sst>
 </file>
@@ -291,81 +297,85 @@
     <row r="2">
       <c r="A2" t="s" s="0">
         <v>26</v>
       </c>
       <c r="B2" t="s" s="0">
         <v>27</v>
       </c>
       <c r="C2" t="s" s="0">
         <v>28</v>
       </c>
       <c r="D2" t="s" s="0">
         <v>29</v>
       </c>
       <c r="E2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="F2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="G2" t="s" s="0">
         <v>31</v>
       </c>
       <c r="H2" t="s" s="0">
         <v>32</v>
       </c>
-      <c r="I2" s="0"/>
-      <c r="J2" s="0"/>
+      <c r="I2" t="s" s="0">
+        <v>33</v>
+      </c>
+      <c r="J2" t="s" s="0">
+        <v>34</v>
+      </c>
       <c r="K2" s="0"/>
       <c r="L2" t="s" s="0">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="M2" s="0"/>
       <c r="N2" t="s" s="0">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="O2" t="s" s="0">
-        <v>35</v>
+        <v>37</v>
       </c>
       <c r="P2" t="s" s="0">
-        <v>36</v>
+        <v>38</v>
       </c>
       <c r="Q2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="R2" t="s" s="0">
-        <v>37</v>
+        <v>39</v>
       </c>
       <c r="S2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="T2" t="s" s="0">
         <v>30</v>
       </c>
       <c r="U2" s="0"/>
       <c r="V2" t="s" s="0">
-        <v>38</v>
+        <v>40</v>
       </c>
       <c r="W2" t="s" s="0">
-        <v>39</v>
+        <v>41</v>
       </c>
       <c r="X2" s="0"/>
       <c r="Y2" s="0"/>
       <c r="Z2" s="0"/>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>