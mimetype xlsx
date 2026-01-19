--- v0 (2025-11-03)
+++ v1 (2026-01-19)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2025-01-06T05:00:00Z</t>
   </si>
   <si>
     <t>The Astrophysical Journal Letters</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>2041-8205</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;The NANOGrav 15 yr data provide compelling evidence for a stochastic gravitational-wave (GW) background at nanohertz frequencies. The simplest model-independent approach to characterizing the frequency spectrum of this signal consists of a simple power-law fit involving two parameters: an amplitude&lt;italic&gt;A&lt;/italic&gt;and a spectral index&lt;italic&gt;γ&lt;/italic&gt;. In this Letter, we consider the next logical step beyond this minimal spectral model, allowing for a&lt;italic&gt;running&lt;/italic&gt;(i.e., logarithmic frequency dependence) of the spectral index,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;run&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;mo stretchy='false'&gt;(&lt;/mo&gt;&lt;mi&gt;f&lt;/mi&gt;&lt;mo stretchy='false'&gt;)&lt;/mo&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mi&gt;γ&lt;/mi&gt;&lt;mo&gt;+&lt;/mo&gt;&lt;mi&gt;β&lt;/mi&gt;&lt;mi&gt;ln&lt;/mi&gt;&lt;mfenced close=')' open='('&gt;&lt;mrow&gt;&lt;mi&gt;f&lt;/mi&gt;&lt;mo&gt;/&lt;/mo&gt;&lt;msub&gt;&lt;mrow&gt;&lt;mi&gt;f&lt;/mi&gt;&lt;/mrow&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;ref&lt;/mi&gt;&lt;/mrow&gt;&lt;/msub&gt;&lt;/mrow&gt;&lt;/mfenced&gt;&lt;/math&gt;&lt;/inline-formula&gt;. We fit this running-power-law (RPL) model to the NANOGrav 15 yr data and perform a Bayesian model comparison with the minimal constant-power-law (CPL) model, which results in a 95% credible interval for the parameter&lt;italic&gt;β&lt;/italic&gt;consistent with no running,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi&gt;β&lt;/mi&gt;&lt;mo&gt;∈&lt;/mo&gt;&lt;mfenced close=']' open='['&gt;&lt;mrow&gt;&lt;mo&gt;−&lt;/mo&gt;&lt;mn&gt;0.80&lt;/mn&gt;&lt;mo&gt;,&lt;/mo&gt;&lt;mn&gt;2.96&lt;/mn&gt;&lt;/mrow&gt;&lt;/mfenced&gt;&lt;/math&gt;&lt;/inline-formula&gt;, and an inconclusive Bayes factor,&lt;inline-formula&gt;&lt;tex-math&gt;&lt;CDATA/&gt;&lt;/tex-math&gt;&lt;math overflow='scroll'&gt;&lt;mi class='MJX-tex-calligraphic'&gt;B&lt;/mi&gt;&lt;mfenced close=')' open='('&gt;&lt;mrow&gt;&lt;mi mathvariant='normal'&gt;RPL&lt;/mi&gt;&lt;mspace width='1em'/&gt;&lt;mi mathvariant='normal'&gt;versus&lt;/mi&gt;&lt;mspace width='1em'/&gt;&lt;mi mathvariant='normal'&gt;CPL&lt;/mi&gt;&lt;/mrow&gt;&lt;/mfenced&gt;&lt;mo&gt;=&lt;/mo&gt;&lt;mn&gt;0.69&lt;/mn&gt;&lt;mo&gt;±&lt;/mo&gt;&lt;mn&gt;0.01&lt;/mn&gt;&lt;/math&gt;&lt;/inline-formula&gt;. We thus conclude that, at present, the minimal CPL model still suffices to adequately describe the NANOGrav signal; however, future data sets may well lead to a measurement of nonzero&lt;italic&gt;β&lt;/italic&gt;. Finally, we interpret the RPL model as a description of primordial GWs generated during cosmic inflation, which allows us to combine our results with upper limits from Big Bang nucleosynthesis, the cosmic microwave background, and LIGO–Virgo–KAGRA.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2020265; 1847938; 2207267</t>
+    <t>2020265; 1847938; 2207267; 2414468</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>Article No. L29</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.3847</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>