--- v0 (2025-11-01)
+++ v1 (2026-02-07)
@@ -6,181 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="47" uniqueCount="43">
-[...129 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -195,191 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...66 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10565773</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.1145/3686954</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Challenges in Restructuring Community-based Moderation</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Tran, Chau; Take, Kejsi; Champion, Kaylea; Hill, Benjamin Mako; Greenstadt, Rachel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-11-07T05:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Proceedings of the ACM on Human-Computer Interaction</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>8</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t>CSCW2</t>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t>1 to 24</t>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2573-0142</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;Content moderation practices and technologies need to change over time as requirements and community expectations shift. However, attempts to restructure the existing moderation practices can be difficult, especially for platforms that rely on their communities to moderate, because changes can transform the workflow and workload participants' reward systems. By examining the extensive archival discussions around a prepublication moderation technology on Wikipedia named Flagged Revisions, complemented by seven semi-structured interviews, we identify various challenges in restructuring community-based moderation practices. Thus, we find that while a new system might sound good in theory and perform well in terms of quantitative metrics, it may conflict with existing social norms. Furthermore, our findings underscore how the relationship between platforms and self-governed communities can hinder the ability to assess the performance of any new system and introduce considerable costs related to maintaining, overhauling, or scrapping any piece of infrastructure.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>2016061; 1703049</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>ACM</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>