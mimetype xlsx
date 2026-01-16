--- v0 (2025-11-02)
+++ v1 (2026-01-16)
@@ -123,51 +123,51 @@
     <t/>
   </si>
   <si>
     <t>2024-12-15T05:00:00Z</t>
   </si>
   <si>
     <t>Journal of Geophysical Research: Biogeosciences</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>2169-8953</t>
   </si>
   <si>
     <t>&lt;title&gt;Abstract&lt;/title&gt;
  &lt;p&gt;Understanding controls on primary productivity is essential for describing ecosystems and their responses to environmental change. In lakes, pelagic gross primary productivity (GPP) is strongly controlled by inputs of nutrients and dissolved organic matter. Although past studies have developed process models of this nutrient‐color paradigm (NCP), broad empirical tests of these models are scarce. We used data from 58 globally distributed, mostly temperate lakes to test such a model and improve understanding and prediction of the controls on lake primary production. The model includes three state variables–dissolved phosphorus, terrestrial dissolved organic carbon (DOC), and phytoplankton biomass–and generates realistic predictions for equilibrium rates of pelagic GPP. We calibrated our model using a Bayesian data assimilation technique on a subset of lakes where DOC and total phosphorus (TP) loads were known. We then asked how well the calibrated model performed with a larger set of lakes. Revised parameter estimates from the updated model aligned well with existing literature values. Observed GPP varied nonlinearly with both inflow DOC and TP concentrations in a manner consistent with increasing light limitation as DOC inputs increased and decreasing nutrient limitation as TP inputs increased. Furthermore, across these diverse lake ecosystems, model predictions of GPP were highly correlated with observed values derived from high‐frequency sensor data. The GPP predictions using the updated parameters improved upon previous estimates, expanding the utility of a process model with simplified assumptions for water column mixing. Our analysis provides a model structure that may be broadly useful for understanding current and future patterns in lake primary production.&lt;/p&gt;</t>
   </si>
   <si>
     <t>National Science Foundation</t>
   </si>
   <si>
-    <t>2025982; 2427185</t>
+    <t>2025982; 2427185; 1761805; 1930655</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>Journal Article</t>
   </si>
   <si>
     <t>DOI PREFIX: 10.1029</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>