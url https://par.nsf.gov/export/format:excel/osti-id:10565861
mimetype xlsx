--- v0 (2025-11-03)
+++ v1 (2026-02-06)
@@ -6,175 +6,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml" PartName="/xl/workbook.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml" PartName="/xl/worksheets/sheet1.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="xl/workbook.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument"/><Relationship Id="rId2" Target="docProps/app.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties"/><Relationship Id="rId3" Target="docProps/core.xml" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <workbookPr date1904="false"/>
   <bookViews>
     <workbookView activeTab="0"/>
   </bookViews>
   <sheets>
     <sheet name="metadata" r:id="rId3" sheetId="1"/>
   </sheets>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="45" uniqueCount="41">
-[...123 lines deleted...]
-</sst>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="0" uniqueCount="0"/>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <sz val="11.0"/>
       <color indexed="8"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="11.0"/>
       <b val="true"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="darkGray"/>
@@ -189,187 +65,305 @@
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
   <cellXfs count="2">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0" xfId="0" applyFont="true"/>
   </cellXfs>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Target="sharedStrings.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings"/><Relationship Id="rId2" Target="styles.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles"/><Relationship Id="rId3" Target="worksheets/sheet1.xml" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <dimension ref="A1:Z2"/>
   <sheetViews>
     <sheetView workbookViewId="0" tabSelected="true"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15.0"/>
   <sheetData>
     <row r="1">
-      <c r="A1" t="s" s="1">
-[...75 lines deleted...]
-        <v>25</v>
+      <c r="A1" s="1" t="inlineStr">
+        <is>
+          <t>PAR ID</t>
+        </is>
+      </c>
+      <c r="B1" s="1" t="inlineStr">
+        <is>
+          <t>DOI</t>
+        </is>
+      </c>
+      <c r="C1" s="1" t="inlineStr">
+        <is>
+          <t>Title</t>
+        </is>
+      </c>
+      <c r="D1" s="1" t="inlineStr">
+        <is>
+          <t>Creator/Author</t>
+        </is>
+      </c>
+      <c r="E1" s="1" t="inlineStr">
+        <is>
+          <t>Corporate Author</t>
+        </is>
+      </c>
+      <c r="F1" s="1" t="inlineStr">
+        <is>
+          <t>Editor</t>
+        </is>
+      </c>
+      <c r="G1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Date</t>
+        </is>
+      </c>
+      <c r="H1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Name</t>
+        </is>
+      </c>
+      <c r="I1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Volume</t>
+        </is>
+      </c>
+      <c r="J1" s="1" t="inlineStr">
+        <is>
+          <t>Journal Issue</t>
+        </is>
+      </c>
+      <c r="K1" s="1" t="inlineStr">
+        <is>
+          <t>Page Range or eLocation</t>
+        </is>
+      </c>
+      <c r="L1" s="1" t="inlineStr">
+        <is>
+          <t>ISSN</t>
+        </is>
+      </c>
+      <c r="M1" s="1" t="inlineStr">
+        <is>
+          <t>ISBN</t>
+        </is>
+      </c>
+      <c r="N1" s="1" t="inlineStr">
+        <is>
+          <t>Description/Abstract</t>
+        </is>
+      </c>
+      <c r="O1" s="1" t="inlineStr">
+        <is>
+          <t>Sponsoring Org.</t>
+        </is>
+      </c>
+      <c r="P1" s="1" t="inlineStr">
+        <is>
+          <t>Award IDs</t>
+        </is>
+      </c>
+      <c r="Q1" s="1" t="inlineStr">
+        <is>
+          <t>Subject</t>
+        </is>
+      </c>
+      <c r="R1" s="1" t="inlineStr">
+        <is>
+          <t>Publication Year</t>
+        </is>
+      </c>
+      <c r="S1" s="1" t="inlineStr">
+        <is>
+          <t>Size</t>
+        </is>
+      </c>
+      <c r="T1" s="1" t="inlineStr">
+        <is>
+          <t>Format</t>
+        </is>
+      </c>
+      <c r="U1" s="1" t="inlineStr">
+        <is>
+          <t>Version</t>
+        </is>
+      </c>
+      <c r="V1" s="1" t="inlineStr">
+        <is>
+          <t>Resource Type</t>
+        </is>
+      </c>
+      <c r="W1" s="1" t="inlineStr">
+        <is>
+          <t>Publisher</t>
+        </is>
+      </c>
+      <c r="X1" s="1" t="inlineStr">
+        <is>
+          <t>Location</t>
+        </is>
+      </c>
+      <c r="Y1" s="1" t="inlineStr">
+        <is>
+          <t>Rights</t>
+        </is>
+      </c>
+      <c r="Z1" s="1" t="inlineStr">
+        <is>
+          <t>Institution</t>
+        </is>
       </c>
     </row>
     <row r="2">
-      <c r="A2" t="s" s="0">
-[...62 lines deleted...]
-      <c r="Z2" s="0"/>
+      <c r="A2" t="inlineStr">
+        <is>
+          <t>10565861</t>
+        </is>
+      </c>
+      <c r="B2" t="inlineStr">
+        <is>
+          <t>https://doi.org/10.3389/fspas.2024.1396527</t>
+        </is>
+      </c>
+      <c r="C2" t="inlineStr">
+        <is>
+          <t>Climatology of the open–closed boundary using ULF wave observations from South Pole, McMurdo, and distributed Antarctic AGOs</t>
+        </is>
+      </c>
+      <c r="D2" t="inlineStr">
+        <is>
+          <t>Frissell, Rachel; Kim, Hyomin; Gerrard, Andy; Frissell, Nathaniel</t>
+        </is>
+      </c>
+      <c r="E2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="F2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="G2" t="inlineStr">
+        <is>
+          <t>2024-08-08T04:00:00Z</t>
+        </is>
+      </c>
+      <c r="H2" t="inlineStr">
+        <is>
+          <t>Frontiers in Astronomy and Space Sciences</t>
+        </is>
+      </c>
+      <c r="I2" t="inlineStr">
+        <is>
+          <t>11</t>
+        </is>
+      </c>
+      <c r="J2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="K2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="L2" t="inlineStr">
+        <is>
+          <t>2296-987X</t>
+        </is>
+      </c>
+      <c r="M2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="N2" t="inlineStr">
+        <is>
+          <t>&lt;p&gt;It has been shown that a proxy determination of the magnetospheric open–closed magnetic field line boundary (OCB) location can be made by examining the ultra-low-frequency (ULF) wave power in magnetometer data, with particular interest in the Pc5 ULF waves with periods of 3–10 min. In this study, we present a climatology of such Pc5 ULF waves using ground-based magnetometer data from the South Pole Station (SPA), McMurdo (MCM) station, and the Automatic Geophysical Observatories (AGOs) located across the Antarctic continent, to infer OCB behavior and variability during geomagnetically quiet times (i.e., Ap &amp;lt; 30 nT). For each season [i.e., austral fall (20 February 2017–20 April 2017), austral winter (20 May 2017–20 July 2017), austral spring (20 August 2017–20 October 2017), and austral summer (20 November 2017–20 January 2018)], north–south (i.e., H-component) magnetic field line residual power–spectral density (PSD) measurements taken during geomagnetically quiet periods within a 60-day window centered at the austral solstice/equinox are averaged in 10-min temporal bins to form the climatology at each station. These residual PSDs thus enable the analysis of Pc5 activity (and lower period “long-band” oscillations) and, thus, OCB location/variability as a function of season and magnetic latitude. The dawn and dusk transitions across the OCB are analyzed, with a discussion of dawn and dusk variability during nominally quiet geomagnetic periods. In addition, latitudinal dependencies of the OCB and peak Pc5 periods at each station are discussed, along with the empirical Tsyganenko model comparisons to our site measurements.&lt;/p&gt;</t>
+        </is>
+      </c>
+      <c r="O2" t="inlineStr">
+        <is>
+          <t>National Science Foundation</t>
+        </is>
+      </c>
+      <c r="P2" t="inlineStr">
+        <is>
+          <t>1744861; 1643700; 2032421</t>
+        </is>
+      </c>
+      <c r="Q2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="R2" t="inlineStr">
+        <is>
+          <t>2024</t>
+        </is>
+      </c>
+      <c r="S2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="T2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="U2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="V2" t="inlineStr">
+        <is>
+          <t>Journal Article</t>
+        </is>
+      </c>
+      <c r="W2" t="inlineStr">
+        <is>
+          <t>Frontiers</t>
+        </is>
+      </c>
+      <c r="X2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Y2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
+      <c r="Z2" t="inlineStr">
+        <is>
+          <t/>
+        </is>
+      </c>
     </row>
   </sheetData>
   <pageMargins bottom="0.75" footer="0.3" header="0.3" left="0.7" right="0.7" top="0.75"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>Apache POI</Application>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dc:creator>Apache POI</dc:creator>
 </cp:coreProperties>
 </file>